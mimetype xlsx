--- v0 (2025-10-16)
+++ v1 (2026-02-08)
@@ -10,178 +10,535 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1360" uniqueCount="622">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3558" uniqueCount="1495">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Polyana Dias</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/418/req._001-2025-_requer_instalacao_de_aparelho_de_raio_x_na_urgencia_24hrs.pdf</t>
+  </si>
+  <si>
+    <t>Requer instalação de aparelho de raio x na urgência 24hrs</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/419/req._002-2025-_requer_implantacao_de_detectores_de_metais_nas_escolas_municipais_de_nisia_floresta.pdf</t>
+  </si>
+  <si>
+    <t>Requer implantação de detectores de metais nas Escolas Municipais de Nísia Floresta</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Rodrigo Praia Bonita</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/272/req._003-2025-_requer_doacao_de_terreno_no_2_conjunto_da_caixa_para_construcao_de_capela..pdf</t>
+  </si>
+  <si>
+    <t>Requer doação de terreno no 2º conjunto da caixa para construção de capela.</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/273/req._004-2025-_requer_distribuicao_de_lixeiras_nas_lagoas..pdf</t>
+  </si>
+  <si>
+    <t>Requer distribuição de lixeiras nas lagoas.</t>
+  </si>
+  <si>
     <t>182</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>5</t>
   </si>
   <si>
-    <t>REQ</t>
-[...4 lines deleted...]
-  <si>
     <t>Manoel Birino</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/182/req._005-2025-_requer_drenagem_da_rua_sao_jose_em_barra_de_tabatinga.pdf</t>
   </si>
   <si>
     <t>Requer drenagem da Rua São José em Barra de Tabatinga</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/183/req._006-2025-_requer_criacao_de_praca_das_rendeiras_proximo_a_capela_de_tabatinga.pdf</t>
   </si>
   <si>
     <t>Requer criação de praça das rendeiras proximo a capela de Tabatinga</t>
   </si>
   <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Rose Emiliano</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/304/req._007-2025-_requer_funcionamento_da_ubs_de_tabatinga_por_24hrs.pdf</t>
+  </si>
+  <si>
+    <t>Requer funcionamento da UBS de Tabatinga por 24hrs.</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/305/req._008-2025-_requer_reativacao_e_reforma_do_posto_policial_de_tabatinga.pdf</t>
+  </si>
+  <si>
+    <t>Requer reativação e reforma do Posto Policial de Tabatinga.</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Raniery</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/253/req._009-2025-_requer_construcao_de_calcamento_na_rua_do_crechao.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de calçamento na Rua do Crechão</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/254/req._010-2025-_requer_construcao_de_terminal_turistico_na_comunidade_de_morrinhos.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de terminal turístico na comunidade de Morrinhos</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Marcão</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/221/req._011-2025-_requer_drenagem_e_pavimentacao_da_rua_dioclecio_anselmo_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer drenagem e pavimentação da Rua Dioclécio Anselmo em Campo de Santana</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/222/req._012-2025-_requer_reforma_dos_boxes_comerciais_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma dos boxes comerciais em Campo de Santana</t>
+  </si>
+  <si>
     <t>162</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Lula</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/162/req._013-2025-_requer_convenio_com_o_hospital_de_pirangi_do_sul.pdf</t>
   </si>
   <si>
     <t>Requer convênio com o hospital de Pirangi do Sul</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/163/req._014-2025-_requer_criacao_de_um_centro_de_referencia_para_o_tea.pdf</t>
   </si>
   <si>
     <t>Requer criação de um Centro de Referencia para o TEA</t>
   </si>
   <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Josivan Trindade</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/433/req._015-2025-_requer_extensao_da_iluminacao_publica_na_orla_de_camurupim.pdf</t>
+  </si>
+  <si>
+    <t>Requer extensão da iluminação publica na orla de Camurupim</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/434/req._016-2025-_requer_concessao_a_caern_para_agua_encanada_de_barreta_camurupim_e_tabatinga.pdf</t>
+  </si>
+  <si>
+    <t>Requer concessão a CAERN para agua encanada de Barreta Camurupim e tabatinga</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/420/req._017-2025-_requer_instalacao_de_laboratorio_de_analises_clinicas_na_urgencia_24hrs.pdf</t>
+  </si>
+  <si>
+    <t>Requer instalação de laboratório de análises clinicas na urgência 24hrs</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/274/req._018-2025-_requer_construcao_de_ponto_de_onibus_em_tororomba_em_frente_a_escola..pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de ponto de ônibus em Tororomba em frente a escola.</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/275/req._019-2025-_requer_construcao_de_quadra_de_esportes_em_brisa_do_bonfim.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de quadra de esportes em Brisa do Bonfim</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/223/req._020-2025-_requer_drenagem_e_pavimentacao_da_rua_luiz_calixto_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer drenagem e pavimentação da Rua Luiz Calixto em Campo de Santana</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/224/req._021-2025-_requer_drenagem_e_pavimentacao_da_rua_zacarias_emanoel_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer drenagem e pavimentação da Rua Zacarias Emanoel em Campo de Santana</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/306/req._022-2025-_requer_permanencia_de_agente_policial_militar_na_ubs_24hrs_do_centro.pdf</t>
+  </si>
+  <si>
+    <t>Requer permanência de agente Policial Militar na UBS 24hrs do centro</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/307/req._023-2025-_requer_ampliacao_do_centro_de_artesanato_de_tabatinga.pdf</t>
+  </si>
+  <si>
+    <t>Requer ampliação do centro de artesanato de Tabatinga</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/435/req._024-2025-_requer_construcao_de_maternidade_clinica_na_cidade.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de maternidade clínica na cidade</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/436/req._025-2025-requer_formulacao_de_projeto_de_lei_para_criar_a_guarda_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Requer formulação de projeto de lei para criar a guarda municipal</t>
+  </si>
+  <si>
     <t>120</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Luiz Henrique</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/120/req._026-2025-_requer_ensino_de_curso_preparatorio_para_alunos_da_rede_publica_do_fundamental_ii_e_medio.pdf</t>
   </si>
   <si>
     <t>Requer ensino de curso preparatório para alunos da rede publica do fundamental II e ensino medio.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/184/req._027-20285-_requer_urbanizacao_e_iluminacao_da_lagoa_do_lodo_em_tabatinga.pdf</t>
   </si>
   <si>
     <t>Requer urbanização e iluminação da lagoa do lodo em Tabatinga</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/185/req._028-2025-_requer_calcamento_da_rua_esperanca_em_barra_de_tabatinga.pdf</t>
   </si>
   <si>
     <t>Requer calçamento da Rua Esperança em Barra de Tabatinga</t>
   </si>
   <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Nego de Batista</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/241/req._029-2025-_requer_construcao_de_complexo_educacional_na_colonia_do_pium.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de Complexo Educacional na Colônia do Pium</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/242/req._030-20258-_requer_calcamento_da_rua_do_antigo_senai_na_praia_de_barreta.pdf</t>
+  </si>
+  <si>
+    <t>Requer calçamento da Rua do antigo SENAI na Praia de Barreta</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/421/req._031-2025-_requer_cursos_de_capacitacao_para_mulheres_em_vunerabilidade_social.pdf</t>
+  </si>
+  <si>
+    <t>Requer cursos de capacitação para mulheres em vulnerabilidade social</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/422/req._032-2025-_requer_destinacao_de_20_das_vagas_para_mulheres_vitimas_de_violencia_domestica.pdf</t>
+  </si>
+  <si>
+    <t>Requer destinação de 20 das vagas para mulheres vitimas de violência doméstica</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/423/req._033-2025-_requer_implantacao_da_ronda_ostensiva_maria_da_penha_em_toda_nisia_floresta.pdf</t>
+  </si>
+  <si>
+    <t>Requer implantação da Ronda ostensiva Maria da Penha em toda Nísia Floresta</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/255/req._034-2025-_requer_implementacao_de_iluminacao_as_margens_da_lagoa_do_carcara.pdf</t>
+  </si>
+  <si>
+    <t>Requer implementação de iluminação as margens da Lagoa do Carcara</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/256/req._035-2025-_requer_construcao_de_estacionamento_para_onibus_na_lagoa_do_carcara.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de estacionamento para ônibus na Lagoa do Carcara</t>
+  </si>
+  <si>
     <t>164</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/164/req._036-2025-_requer_criacao_de_ubs_na_localidade_forrro_do_pote.pdf</t>
   </si>
   <si>
     <t>Requer criação de UBS na localidade Forrró do Pote</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/165/req._037-2025-_requer_construcao_de_centro_de_velorio_em_campo_de_santana.pdf</t>
   </si>
   <si>
     <t>Requer construção de centro de velório em Campo de Santana</t>
   </si>
   <si>
     <t>137</t>
@@ -189,269 +546,641 @@
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Adriano Cobrador</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/137/req._038-2025-_requer_construcao_de_paradas_de_onibus_em_pirangi_do_sul.pdf</t>
   </si>
   <si>
     <t>Requer construção de paradas de ônibus em Pirangi do Sul.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/138/req._039-2025-_requer_construcao_de_academia_da_3_iadade_em_alcacus.pdf</t>
   </si>
   <si>
     <t>Requer construção de academia da 3ª idade em Alcaçus.</t>
   </si>
   <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/424/req._040-2025-_requer_ao_prefeito_e_a_secretaria_da_mulher_o_projeto_meus_15_anos.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao prefeito e a secretaria da mulher O projeto Meus 15 anos</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/257/req._041-2025-_requer_reativacao_da_casa_de_farinha_na_comunidade_de_oitizeiro.pdf</t>
+  </si>
+  <si>
+    <t>Requer reativação da Casa de Farinha na Comunidade de Oitizeiro</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/258/req._042-2025-_requer_construcao_de_muro_no_campo_de_futebol_na_comunidade_de_currais.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de muro no Campo de Futebol na Comunidade de Currais</t>
+  </si>
+  <si>
     <t>166</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/166/req._043-2025-_requer_aquisicao_de_ambulancia.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de ambulância</t>
   </si>
   <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Requer reforma da quadra de esportes de Tabatinga</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/309/req._045-2025-_requer_construcao_de_espaco_de_criacao_e_comercio_de_artesanato_em_alcacuz.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de espaço de criação e comercio de artesanato em Alcaçuz</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/225/req._046-2025-_requer_reforma_da_ponte_do_rio_pirrixi_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma da Ponte do Rio Pirrixi em Campo de Santana</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/226/req._047-2025-_requer_drenagem_e_pavimentacao_da_estrada_do_rio_pirrixi_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer drenagem e pavimentação da estrada do Rio Pirrixi em Campo de Santana</t>
+  </si>
+  <si>
     <t>186</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/186/req._048-2025-_requer_trator_com_grade_para_cultivo_em_golandi_currais_e_genipapeiro.pdf</t>
   </si>
   <si>
     <t>Requer trator com grade para cultivo em Golandi Currais e Genipapeiro</t>
   </si>
   <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/437/req._049-2025-_requer_parada_de_onibus_no_carnaubinha.pdf</t>
+  </si>
+  <si>
+    <t>Requer parada de ônibus no Carnaubinha</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/438/req._050-2025-_requer_duplicacao_da_rua_americo_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Requer duplicação da Rua Américo de Oliveira</t>
+  </si>
+  <si>
     <t>121</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/121/req._051-2025-_requer_emenda_parlamentar_para_calcamentos_nas_ruas_de_barreta.pdf</t>
   </si>
   <si>
     <t>Requer Emenda parlamentar para calçamentos nas ruas de Barreta.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/122/req._052-2025-_requer_entrega_de_correspondencias_em_varios_bairros_do_municipio.pdf</t>
   </si>
   <si>
     <t>Requer entrega de correspondências em vários bairros do município.</t>
   </si>
   <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/140/req._053-2025-_requer_construcao_de_academia_da_3_idade_em_hortigranjeira.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de academia da 3 idade em Hortigranjeira</t>
+  </si>
+  <si>
     <t>139</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/139/req._054-2025-_requer_ampliacao_de_cemiterio_publico_de_pirangi_do_sul.pdf</t>
   </si>
   <si>
     <t>Requer ampliação de cemitério publico de Pirangi do Sul</t>
   </si>
   <si>
-    <t>140</t>
+    <t>276</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/276/req._055-2025-_requer_pavimentacao_e_iluminacao_publica_da_estrada_do_bonfim.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação e iluminação publica da estrada do Bonfim</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/277/req._056-2025-_requer_pavimentacao_e_iluminacao_do_trecho_que_liga_o_porto_a_currais.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação e iluminação do trecho que liga o Porto a Currais</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/278/req._057-2025-_requer_construcao_de_uma_praca_e_academia_da_3_idade_em_camurupim.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de uma praça e academia da 3 idade em Camurupim</t>
+  </si>
+  <si>
+    <t>280</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/140/req._058-2025-_requer_construcao_de_academia_da_3_idade_em_hortigranjeira.pdf</t>
-[...2 lines deleted...]
-    <t>Requer construção de academia da 3 idade em Hortigranjeira</t>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/280/req._058-2025-_requer_pavimentacao_da_rua_brisa_do_mar_no_lago_azul.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação da Rua Brisa do Mar no Lago Azul</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/141/req._059-2025-_requer_construcao_de_quadra_de_futvolei_em_currais.pdf</t>
   </si>
   <si>
     <t>Requer construção de quadra de futvolei em Currais</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/142/req._060-2025-_requer_revitalizacao_na_praia_de_buzios_e_construcao_na_orla.pdf</t>
   </si>
   <si>
     <t>Requer revitalização na Praia de Búzios e construção na Orla</t>
   </si>
   <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/310/req._061-2025-_requer_reforma_da_praca_central_de_alcacuz.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma da praça central de Alcaçuz</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/311/req._062-2025-_requer_construcao_de_cemiterio_publico_na_colonia_do_pium.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de cemitério publico na Colônia do Pium</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/227/req._063-2025-requer_reforma_da_arquibancada_na_quadra_municipal_de_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma da arquibancada na quadra municipal de Campo de Santana</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/228/req._064-2025-_requer_instalacao_de_placas_de_sinalizacao_e_faixa_de_pedestre_na_area_do_cmei_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer instalação de placas de sinalização e faixa de pedestre na área do CMEI em Campo de Santana</t>
+  </si>
+  <si>
     <t>187</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/187/req._065-2025-_requer_implantacao_de_lombadas_e_faixas_de_pedestres_em_ruas_de_tabatinga.pdf</t>
   </si>
   <si>
     <t>Requer implantação de lombadas e faixas de pedestres em ruas de Tabatinga</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/188/req._066-2025-_requer_construcao_de_parada_em_onibus_no_litoral.pdf</t>
   </si>
   <si>
     <t>Requer construção de parada em onibus no litoral</t>
   </si>
   <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/259/req._067-2025-_requer_implementacao_do_saneamento_em_todo_alto_monte_herminio.pdf</t>
+  </si>
+  <si>
+    <t>Requer implementação do saneamento em todo Alto Monte Herminio</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/266/req._068-2025-_requer_construcao_de_calcamento_na_rua_petropolis_no_bonfim.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de calçamento na Rua Petrópolis no Bonfim</t>
+  </si>
+  <si>
     <t>123</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/123/req._069-2025-_requer_instalacao_de_academia_da_melhor_idade_em_mazapas.pdf</t>
   </si>
   <si>
     <t>Requer instalação de academia da melhor idade na comunidade da Mazapas.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/124/req._070-2025-_requer_construcao_de_espaco_esportivo_no_3_conjunto_da_caixa.pdf</t>
   </si>
   <si>
     <t>Requer construção de espaço esportivo comunitário no 3º conjunto da caixa.</t>
   </si>
   <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/439/req._071-2025-_requer_pavimentacao_com_paralelepipedo_na_rua_rio_ararai.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação com paralelepípedo na rua Rio Ararai</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/440/req._072-2025-_requer_construcao_de_academia_da_3_idade_na_estacao_papary.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de academia da 3 idade na Estação Papary</t>
+  </si>
+  <si>
     <t>167</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/167/req._073-2025-_requer_construcao_de_ginasio_poliesportivo_em_campo_de_santana.pdf</t>
   </si>
   <si>
     <t>Requer construção de ginásio poliesportivo em Campo de Santana</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Nêgo Celular</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/200/req._074-2025-_requer_pavimentacao_da_rua_sao_jorge_em_timbo.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação da Rua São Jorge em Timbó</t>
   </si>
   <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/279/req._075-2025-_requer_restauracao_e_melhorias_na_ladeira_que_liga_timbo_as_praias_e_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer restauração e melhorias na ladeira que liga Timbó as Praias e Campo de Santana</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/281/req._076-2025-_requer_construcao_de_um_calcadao_para_caminhadas_as_margens_da_rn_063_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de um calçadão para caminhadas as margens da RN 063 em Campo de Santana</t>
+  </si>
+  <si>
     <t>143</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/143/req._077-2025-_requer_construcao_de_agencia_dos_correios_em_pirangi_do_sul.pdf</t>
   </si>
   <si>
     <t>Requer construção de agência dos correios em Pirangi do Sul</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/144/req._078-2025-_requer_reforma_na_emaca_na_praia_de_buzios.pdf</t>
   </si>
   <si>
     <t>Requer reforma na EMACA na Praia de Búzios</t>
   </si>
   <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/312/req._079-2025-_requer_construcao_de_quadra_de_esportes_na_colonia_do_pium.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de quadra de esportes na Colônia do Pium</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/313/req._080-2025-_requer_construcao_de_pier_em_pirangi_do_sul.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de pier em Pirangi do Sul</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/441/req._081-2025-_requer_construcao_de_galeria_pluvial_em_pirangi_do_sul.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de galeria pluvial em Pirangi do Sul</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/442/req._082-2025-_requer_reconstrucao_da_bica_no_centro.pdf</t>
+  </si>
+  <si>
+    <t>Requer reconstrução da bica no centro</t>
+  </si>
+  <si>
     <t>168</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/168/req._083-2025-_requer_reforma_e_ampliacao_da_praca_de_campo_de_santana.pdf</t>
   </si>
   <si>
     <t>Requer reforma e ampliação da praça de Campo de Santana</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/169/req._084-2025-_requer_pavimentacao_da_estrada_dos_parceleiros_em_hortigranjeira.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação da estrada dos parceleiros em Hortigranjeira</t>
   </si>
   <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/260/req._085-2025-_requer_construcao_de_academia_da_3_idade_em_morrinhos.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de academia da 3ª idade em Morrinhos</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/261/req._086-2025-_requer_construcao_de_academia_da_3_idade_em_genipapeiro.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de academia da 3ª idade em Genipapeiro</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/229/req._087-2025-requer_reforma_da_quadra_municipal_de_morrinhos.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma da Quadra Municipal de Morrinhos</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/230/req._088-2025-requer_construcao_de_lombada_na_rua_anisia_goncalves_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de lombada na Rua Anisia Gonçalves em Campo de Santana</t>
+  </si>
+  <si>
     <t>189</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/189/req._089-2025-_requer_dragagem_e_limpeza_de_rio_trator_de_golandi_a_genipapeiro.pdf</t>
   </si>
   <si>
     <t>Requer dragagem e limpeza de Rio Trator de Golandi a Genipapeiro</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/125/req._090-2025-_requer_reforma_da_quadra_de_areia_no_residencial_nisia.pdf</t>
   </si>
   <si>
     <t>Requer reforma da quadra de areia no Residencial Nisia.</t>
   </si>
   <si>
     <t>126</t>
@@ -492,1434 +1221,3327 @@
   <si>
     <t>203</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/203/req._094-2025-_requer_conclusao_da_quadra_de_esportes_de_timbo.pdf</t>
   </si>
   <si>
     <t>Requer conclusão da quadra de esportes de Timbó</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/204/req._095-2025-_requer_conclusao_da_creche_de_currais.pdf</t>
   </si>
   <si>
     <t>Requer conclusão da Creche de Currais</t>
   </si>
   <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/282/req._096-2025-_requer_inclusao_de_professores_e_auxiliares_com_capacidade_em_lidar_com_neurodiversidades.pdf</t>
+  </si>
+  <si>
+    <t>Requer inclusão de professores e auxiliares com capacidade em lidar com Neurodiversidades</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/283/req._097-2025-_requer_reforma_e_ampliacao_da_ubs_do_lago_azul.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma e ampliação da UBS do Lago Azul</t>
+  </si>
+  <si>
     <t>145</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/145/req._098-2025-_requer_construcao_de_agencia_dos_correios_em_hortigranjeira.pdf</t>
   </si>
   <si>
     <t>Requer construção de agência dos correios em Hortigranjeira</t>
   </si>
   <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/231/req._099-2025-_requer_criacao_de_centro_de_reabilitacao_em_nsia_floresta.pdf</t>
+  </si>
+  <si>
+    <t>Requer criação de centro de reabilitação em Nísia Floresta</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/443/req._100-2025-_requer_construcao_de_escola_municipal_em_currais.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de Escola Municipal em Currais</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/444/req._101-2025-_requer_conclusao_da_construcao_da_ponte_da_ilha.pdf</t>
+  </si>
+  <si>
+    <t>Requer conclusão da construção da ponte da Ilha</t>
+  </si>
+  <si>
     <t>127</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/127/req._102-2025-_requer_construcao_de_um_centro_esportivo_no_2_conjunto_da_caixa.pdf</t>
   </si>
   <si>
     <t>Requer construção de um centro esportivo comunitário no 2º conjunto da caixa.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/128/req._103-2025-_requer_construcao_de_acessos_para_pessoas_com_deficiencia_em_predios_publicos_da_cidade.pdf</t>
   </si>
   <si>
     <t>Requer construção de acessos para pessoas com deficiência em prédios públicos da cidade.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/170/req._104-2025-_requer_recuperacao_do_campo_da_colonia_do_pium.pdf</t>
   </si>
   <si>
     <t>Requer recuperação do campo da Colônia do Pium</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/171/req._105-2025-_requer_calcamento_de_ruas_da_lagoa_da_redonda_lagoa_de_arituba_em_campo_de_santana.pdf</t>
   </si>
   <si>
     <t>Requer calçamento de ruas da Lagoa da redonda Lagoa de Arituba em Campo de Santana</t>
   </si>
   <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/232/req._106-2025-requer_implantacao_de_rotatoria_no_cruzamento_japonesa_em_camurupim.pdf</t>
+  </si>
+  <si>
+    <t>Requer implantação de rotatória no cruzamento Japonesa em Camurupim</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/243/req._107-2025-_requer_reforma_da_praca_da_comunidade_de_hortigranjeira.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma da praça da Comunidade de Hortigranjeira</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/244/req._108-2025-_requer_pavimentacao_das_ruas_da_colonia_do_pium_proximo_ao_forro_do_pote..pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação das ruas da Colônia do Pium próximo ao forró do pote.</t>
+  </si>
+  <si>
     <t>190</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/190/req._109-2025-_requer_implantacao_de_casa_de_farinha_movel_para_atender_os_agricultores.pdf</t>
   </si>
   <si>
     <t>Requer implantação de casa de farinha móvel para atender os agricultores</t>
   </si>
   <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/425/req._110-2025-_requer_implantacao_de_um_centro_de_referencia_e_especialidades_no_nosso_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Requer implantação de um Centro de Referencia e especialidades no nosso município</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/426/req._111-2025-_requer_construcao_de_parada_de_onibus_as_margens_da_rn_063_sentido_sao_jose.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de parada de ônibus as margens da RN 063 sentido São José</t>
+  </si>
+  <si>
     <t>191</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/191/req._112-2025-_requer_calcamento_e_urbanizacao_da_rua_santa_rita_de_cassia_em_tabatinga.pdf</t>
   </si>
   <si>
     <t>Requer calçamento e urbanização da Rua Santa Rita de Cássia em Tabatinga</t>
   </si>
   <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/284/req._113-2025-_requer_abrigo_para_os_mototaxistas_no_centro_da_cidade.pdf</t>
+  </si>
+  <si>
+    <t>Requer abrigo para os mototaxistas no centro da cidade</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/314/req._114-2025-_requer_pavimentacao_da_rua_josefa_pereira_na_colonia_de_pium.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação da Rua Josefa Pereira na Colônia de Pium</t>
+  </si>
+  <si>
     <t>172</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.nisiafloresta.rn.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Requer construção de garagem na UBS de Campo de Santana</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/146/req_116-2025-_requer_perfuracao_de_poco_artesiano_em_pirangi_do_sul.pdf</t>
   </si>
   <si>
     <t>Requer perfuração de poço artesiano em Pirangi do Sul</t>
   </si>
   <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/445/req._117-2025-_requer_construcao_de_praca_com_academia_da_3_idade_em_buzios.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de praça com academia da 3 idade em Búzios</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/233/req._118-2025-_requer_construcao_de_hospital_maternidade.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de hospital maternidade</t>
+  </si>
+  <si>
     <t>129</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/129/req._119-2025-_requer_climatizacao_de_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Requer climatização de escolas Municipais.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/192/req._120-2025-_requer_drenagem_de_aguas_negras_em_golandi.pdf</t>
   </si>
   <si>
     <t>Requer drenagem de aguas negras em Golandi</t>
   </si>
   <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/262/req._121-2025-_requer_reforma_da_quadra_de_areia_do_3_conjunto.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma da quadra de areia do 3º conjunto</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/245/req._122-2025-_requer_construcao_de_calcamento_na_rua_do_caju_colonia_do_pium.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de calçamento na Rua do caju Colônia do Pium</t>
+  </si>
+  <si>
     <t>205</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/205/req._123-2025-_requer_pavimentacao_da_estrada_que_liga_boa_cica_a_timbo.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação da estrada que liga Boa Cica a Timbó</t>
   </si>
   <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/446/req._124-2025-_requer_pavimentacao_da_estrada_que_liga_currais_ou_centro.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação da estrada que liga Currais ou Centro</t>
+  </si>
+  <si>
     <t>147</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/147/req._125-2025-_requer_construcao_de_escadaria_na_ladeira_em_frente_ao_clube_das_maes_em_pirangi_do_sul.pdf</t>
   </si>
   <si>
     <t>Requer construção de escadaria na ladeira em frente ao clube das mães em Pirangi do Sul</t>
   </si>
   <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/285/req._126-2025-_requer_construcao_de_praca_e_quiosques_no_primeiro_conjunto..pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de praça e quiosques no primeiro conjunto.</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/427/req._127-2025-_requer_incorporacao_de_assistente_social_na_equipe_da_urgencia_24h.pdf</t>
+  </si>
+  <si>
+    <t>Requer incorporação de assistente social na equipe da Urgência 24h</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/246/req._128-2025-_requer_implantacao_de_calcadao_do_trecho_do_pescador_a_japonesa_em_camurupim.pdf</t>
+  </si>
+  <si>
+    <t>Requer implantação de calçadão do trecho do Pescador a Japonesa em Camurupim</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/234/req._129-2025-_requer_criacao_de_cursos_preparatorios_para_o_concurso_da_guarda_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Requer criação de cursos preparatórios para o concurso da guarda municipal</t>
+  </si>
+  <si>
     <t>173</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/173/req._130-2025-_requer_ampliacao_de_programa_do_leite_nas_comunidades.pdf</t>
   </si>
   <si>
     <t>Requer ampliação de programa do leite nas Comunidades</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/206/req._131-2025_-requer_implantacao_de_uma_sub_prefeitura_na_comunidade_de_currais_e_regiao.pdf</t>
   </si>
   <si>
     <t>Requer implantação de uma sub prefeitura na comunidade de Currais e região</t>
   </si>
   <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/263/req._132-2025-_requer_construcao_de_centro_comercial_em_oitizeiro.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de centro comercial em Oitizeiro</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/428/req._133-2025-_requer_instalacao_de_corrimaos_nas_pracas_do_centro.pdf</t>
+  </si>
+  <si>
+    <t>Requer instalação de corrimãos nas praças do centro</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/429/req._134-2025-_requer_construcao_de_unidades_habitacionais_no_terreno_entre_o_1_e_2_conjunto_da_caixa.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de unidades habitacionais no terreno entre o 1 e 2 conjunto da caixa</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/430/req._135-2025-_requer_ronda_maria_da_penha_em_todo_territorio_de_nisia_floresta.pdf</t>
+  </si>
+  <si>
+    <t>Requer Ronda Maria da Penha em todo território de Nísia Floresta</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/431/req._136-2025-_requer_construcao_de_posto_dos_correios_em_mazapas.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de posto dos Correios em Mazapas</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/432/req._137-2025_-_requer_construcao_de_posto_policial_em_mazapas.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de posto Policial em Mazapas</t>
+  </si>
+  <si>
     <t>174</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/174/req._138-2025-_requer_conclusao_de_calcamento_da_rua_deoclecio_anselmo_em_campo_de_santana.pdf</t>
   </si>
   <si>
     <t>Requer conclusão de calçamento da Rua Deoclécio Anselmo em Campo de Santana</t>
   </si>
   <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>Requer criação de pórtico na entrada de Timbo berço da campanha da fraternidade</t>
+  </si>
+  <si>
     <t>148</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/148/req._140-2025-_requer_construcao_de_quadra_de_esportes_em_buzios.pdf</t>
   </si>
   <si>
     <t>Requer construção de quadra de esportes em Búzios</t>
   </si>
   <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/247/req._141-2025-_requer_construcao_de_uma_ciclovia_da_entrada_de_nisia_ao_centro_da_cidade.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de uma ciclovia da entrada de Nísia ao Centro da cidade</t>
+  </si>
+  <si>
     <t>193</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/193/req._142-2025-_requer_construcao_de_area_de_lazer_na_praia_de_buzios.pdf</t>
   </si>
   <si>
     <t>Requer construção de área de lazer na Praia de Búzios</t>
   </si>
   <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/447/req._143-2025-_requer_construcao_de_ponte_que_liga_colonia_do_pium_a_lago_azul.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de ponte que liga Colônia do Pium a Lago Azul</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/315/req._144-2025-_requer_manutencao_e_reforma_da_caixa_dgua_de_colonia_de_cima.pdf</t>
+  </si>
+  <si>
+    <t>Requer manutenção e reforma da caixa d'água de Colônia de Cima</t>
+  </si>
+  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/130/req._145-2025-_requer_construcao_de_acesso_para_pessoas_com_deficiencia_em_paradas_de_onibus.pdf</t>
   </si>
   <si>
     <t>Requer construção de acesso para pessoas com deficiência em paradas de ônibus.</t>
   </si>
   <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/264/req._146-2025-_requer_construcao_de_calcamento_da_rua_do_porto_em_morrinhos.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de calçamento da Rua do Porto em Morrinhos</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/265/req._147-2025-_requer_reforma_do_cemiterio_na_comunidade_de_oitizeiro.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma do cemitério na Comunidade de Oitizeiro</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/448/req._148-2025-_requer_pavimentacao_com_paralelepipedo_na_rua_henrique_trindade.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação com paralelepípedo na Rua Henrique Trindade</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
     <t>149</t>
   </si>
   <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/449/req._149-2025-_requer_construcao_de_ubs_em_boagua.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de UBS em Boagua</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/235/req._150-2025-_requer_drenagem_e_pavimentacao_da_rua_santa_terezinha_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer drenagem e pavimentação da Rua Santa Terezinha em Campo de Santana</t>
+  </si>
+  <si>
     <t>151</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/149/req._151-2025-_requer_pavimentacao_e_drenagem_da_rua_do_alto_em_pirangi_do_sul.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação e drenagem da Rua do alto em Pirangi do Sul</t>
   </si>
   <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/287/req._152-2025-_requer_ampliacao_e_criacao_de_quiosques_na_praca_em_timbo.pdf</t>
+  </si>
+  <si>
+    <t>Requer ampliação e criação de quiosques na praça em Timbo</t>
+  </si>
+  <si>
     <t>194</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/194/req._153-2025-_requer_pavimentacao_da_estrada_do_alto_monte_herminio_ate_o_primavera.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação da estrada do Alto Monte Herminio ate o Primavera</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/175/req._154--2025-_requer_pavimentacao_em_ruas_da_colonia_do_pium.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em ruas da Colônia do Pium</t>
   </si>
   <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/316/req._155-2025-_requer_reforma_do_campo_de_futebol_de_tabatinga..pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma do campo de futebol de Tabatinga.</t>
+  </si>
+  <si>
     <t>207</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/207/req._156-2025-requer_implantacao_de_cameras_de_seguranca_em_varios_pontos_da_cidade.pdf</t>
   </si>
   <si>
     <t>Requer implantação de câmeras de segurança em vários pontos da cidade</t>
   </si>
   <si>
-    <t>150</t>
+    <t>317</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/317/req._157-2025-_requer_pavimentacao_da_rua_francisco_reginaldo_na_colonia_do_pium.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação da Rua Francisco Reginaldo na Colônia do Pium</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/248/req._158-2025-_requer_pavimentacao_e_drenagem_da_rua_jayme_correia_no_cidade_alta.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação e drenagem da Rua Jayme Correia no Cidade Alta</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/288/req._159-2025-_requer_construcao_de_banheiros_publicos_na_lagoa_do_carcara.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de banheiros públicos na Lagoa do Carcara</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/267/req._160-2025_-_requer_reforma_da_quadra_de_areia_no_primeiro_conjunto_da_caixa.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma da quadra de areia no primeiro conjunto da caixa</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/450/req._161-2025-_requer_construcao_de_galeria_pluvial_na_estacao_papary.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de galeria pluvial na Estação Papary</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/150/req._162-2025-_requer_reativacao_do_posto_policial_em_pirangi_do_sul.pdf</t>
   </si>
   <si>
     <t>Requer reativação do posto policial em Pirangi do Sul</t>
   </si>
   <si>
-    <t>157</t>
+    <t>236</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/236/req._163-2025-_requer_drenagem_e_pavimentacao_da_rua_cajupiranga_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer drenagem e pavimentação da Rua Cajupiranga em Campo de Santana</t>
   </si>
   <si>
     <t>Arielle de Ari</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/157/req._164-2025-_requer_criacao_de_aplicativo_de_celular_para_acesso_da_populacao_a_servicos_de_saude_publica.pdf</t>
   </si>
   <si>
     <t>Requer criação de aplicativo de celular para acesso da população a serviços de saúde pública</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/131/req._165-2025-_requer_construcao_de_cmei_na_praia_de_buzios.pdf</t>
   </si>
   <si>
     <t>Requer construção de CMEI na Praia de Búzios</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/208/req._166-2025-_requer_iluminacao_publica_da_estrada_que_liga_o_3_conjunto_ao_timbo.pdf</t>
   </si>
   <si>
     <t>Requer iluminação pública da estrada que liga o 3 conjunto ao Timbó</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/176/req._167-2025-_requer_construcao_de_praca_e_quiosques_na_colonia_do_pium.pdf</t>
   </si>
   <si>
     <t>Requer construção de praça e quiosques na Colônia do Pium</t>
   </si>
   <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/451/req._168-2025-_requer_construcao_de_pocos_tubulares_em_genipapeiro_currais_e_golandi.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de poços tubulares em Genipapeiro Currais e Golandi</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/318/req._169-2025-_requer_construcao_de_calcadao_da_rua_principal_em_colonia_do_pium.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de calçadão da Rua Principal em Colônia do Pium</t>
+  </si>
+  <si>
     <t>195</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/195/req._170-2025-_requer_limpeza_de_calhas_e_bueiros_em_genipapeiro.pdf</t>
   </si>
   <si>
     <t>Requer limpeza de calhas e bueiros em Genipapeiro</t>
   </si>
   <si>
-    <t>158</t>
+    <t>249</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/249/req._171-2025-_requer_iluminacao_do_trecho_da_subida_do_piloto_ao_lava_jato_do_carlinhos_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer iluminação do trecho da subida do Piloto ao lava jato do Carlinhos em Campo de Santana</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/289/req._172-2025-_requer_calcamento_e_iluminacao_da_rua_sao_benedito_em_mazapas.pdf</t>
+  </si>
+  <si>
+    <t>Requer calçamento e iluminação da Rua São Benedito em Mazapas</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/158/req._173-2025-_requer_implantacao_de_passarela_elevada_na_estacao_papary.pdf</t>
   </si>
   <si>
     <t>Requer implantação de passarela elevada na Estação Papary</t>
   </si>
   <si>
-    <t>132</t>
+    <t>268</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/268/req._174-2025-_requer_implantacao_de_ponto_de_taxi_na_estacao_papary.pdf</t>
+  </si>
+  <si>
+    <t>Requer implantação de ponto de táxi na Estação Papary</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/237/req._175-2025-_requer_ambulancia_lotada_para_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer ambulancia lotada para Campo de Santana</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/132/req._176-2025-_requer_pavimentacao_em_paralelepipedo_da_rua_brilho_do_sol_em_barreta.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em paralelepípedo da Rua Brilho do Sol em Barreta</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/177/req._177-2025-_requer_pavimentacao_de_ruas_n_comunidade_de_hortigranjeira.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação de ruas na comunidade de Hortigranjeira</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/151/req._178-2025-_requer_construcao_de_quadra_de_esportes_no_lago_azul.pdf</t>
   </si>
   <si>
     <t>Requer construção de quadra de esportes no Lago Azul</t>
   </si>
   <si>
-    <t>152</t>
+    <t>290</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/290/req._179-2025-_requer_implementacao_de_quebra_mola_em_frente_a_escola_do_bonfim.pdf</t>
+  </si>
+  <si>
+    <t>Requer implementação de quebra mola em frente a escola do Bonfim</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/250/req._180-2025-_requer_calcamento_da_rua_timuza_de_souza_na_praia_de_barreta.pdf</t>
+  </si>
+  <si>
+    <t>Requer calçamento da Rua Timuza de Souza na Praia de Barreta</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/152/req._181-2025-_requer_pavimentacao_e_drenagem_das_ruas_do_conjunto_rio_mar.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação e drenagem das ruas do Conjunto Rio Mar</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/196/req._182-2025-_requer_obras_de_roco_nas_comunidades_de_golandi_currais_e_genipapeiro.pdf</t>
   </si>
   <si>
     <t>Requer obras de roco nas comunidades de Golandi Currais e Genipapeiro</t>
   </si>
   <si>
-    <t>159</t>
+    <t>238</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/238/req._184-2025-_requer_sistema_de_monitoramento_por_cameras_em_varios_pontos_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Requer sistema de monitoramento por câmeras em vários pontos do Município</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/159/req._185-2025-_requer_construcao_de_calcada_na_rua_henrique_trindade_em_genipapeiro.pdf</t>
   </si>
   <si>
     <t>Requer construção de calcada na Rua Henrique Trindade em Genipapeiro</t>
   </si>
   <si>
-    <t>133</t>
+    <t>269</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/269/req._186-2025-_requer_construcao_de_ubs_no_3_conjunto_da_caixa.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de UBS no 3º conjunto da caixa</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/133/req._187-2025-_requer_pavimentacao_e_colocacao_de_lixeiras_na_rua_beira_mar_em_tabatinga.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação e colocação de lixeiras na Rua Beira Mar em Tabatinga</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/178/req._188-2025-requer_construcao_de_centro_esportivo_comunitario..pdf</t>
   </si>
   <si>
     <t>Requer construção de Centro esportivo comunitário.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/209/req._189-2025-_requer_implantacao_de_ciclovia_na_rn_063_de_barra_de_tabatinga_a_buzios.pdf</t>
   </si>
   <si>
     <t>Requer implantação de ciclovia na RN 063 de Barra de Tabatinga a Búzios</t>
   </si>
   <si>
-    <t>160</t>
+    <t>319</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/319/req._190-2025-_requer_funcionamento_em_tempo_integral_do_cmei_de_tabatinga.pdf</t>
+  </si>
+  <si>
+    <t>Requer funcionamento em tempo integral do CMEI de tabatinga</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/160/req._191-2025-_requer_construcao_de_apoio_aos_guias_turisticos_na_localidade_de_boa_cica.pdf</t>
   </si>
   <si>
     <t>Requer construção de apoio aos guias turísticos na localidade de Boa Cica</t>
   </si>
   <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/239/req._192-2025-_requer_construcao_de_paradas_de_onibus_no_entorno_de_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de paradas de ônibus no entorno de Campo de Santana</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/291/req._193-2025-_requer_construcao_de_quiosques_em_campo_de_santana_ao_lado_da_praca_central..pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de quiosques em Campo de Santana ao lado da praça central.</t>
+  </si>
+  <si>
     <t>197</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/197/req._194-2025-_requer_construcao_de_area_coberta_para_realizacao_de_velorio_no_cemiterio_de_golandi.pdf</t>
   </si>
   <si>
     <t>Requer construção de área coberta para realização de velório no cemitério de Golandi</t>
   </si>
   <si>
-    <t>134</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/134/req._195-2025-_requer_construcao_de_quadra_poliesportiva_no_bairro_primavera.pdf</t>
   </si>
   <si>
     <t>Requer construção de quadra poliesportiva no bairro Primavera</t>
   </si>
   <si>
-    <t>179</t>
+    <t>270</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/270/req._196-2025-_requer_reforma_da_rodoviaria_do_centro.pdf</t>
+  </si>
+  <si>
+    <t>Requer reforma da rodoviária do Centro</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/179/req._197-2025-_requer_tres_vans_para_a_secretaria_de_saude..pdf</t>
   </si>
   <si>
     <t>Requer três vans para a secretaria de saúde.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/153/req._198-2025-_requer_construcao_de_quadra_de_esportes_em_alcacus.pdf</t>
   </si>
   <si>
     <t>Requer construção de quadra de esportes em Alcaçuz.</t>
   </si>
   <si>
-    <t>135</t>
+    <t>452</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/452/req._199-2025-_requer_criacao_de_plano_de_cargos_carreira_e_remuneracao_dos_servidores_municipais.pdf</t>
+  </si>
+  <si>
+    <t>Requer criação de plano de cargos carreira e remuneração dos servidores municipais</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/251/req._200-2025-_requer_iluminacao_da_rua_do_papepinha_ate_o_primavera.pdf</t>
+  </si>
+  <si>
+    <t>Requer iluminação da Rua do Papepinha até o Primavera</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/292/req._201-2025-_requer_construcao_de_praca_com_academia_da_3_idade_no_brisa_do_bonfim.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de praça com academia da 3ª idade no Brisa do Bonfim</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/135/req._202-2025-_requer_pavimentacao_da_estrada_de_mazapas_ate_a_lagoa_do_bonfim.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação da estrada de Mazapas até a Lagoa do Bonfim</t>
   </si>
   <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/320/req._203-2025-_requer_implantacao_de_centro_de_convivencia_em_colonia_do_pium.pdf</t>
+  </si>
+  <si>
+    <t>Requer implantação de Centro de Convivência em Colônia do Pium</t>
+  </si>
+  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/154/req._204-2025-_requer_construcao_de_quadra_de_esportes_em_hortigranjeira.pdf</t>
   </si>
   <si>
     <t>Requer construção de quadra de esportes em Hortigranjeira</t>
   </si>
   <si>
-    <t>161</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/161/req._205-2025-_requer_viabilidade_da_criacao_de_linha_fluvial_em_algumas_comunidades.pdf</t>
   </si>
   <si>
     <t>Requer viabilidade da criação de linha fluvial em algumas comunidades</t>
   </si>
   <si>
-    <t>180</t>
+    <t>453</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/453/req._206-2025-_requer_conclusao_de_reforma_do_cmei_em_genipapeiro.pdf</t>
+  </si>
+  <si>
+    <t>Requer conclusão de reforma do CMEI em Genipapeiro</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/180/req._207-2025-_requer_construcao_de_calcadao_que_liga_o_portal_do_sol_a_escola_de_pium.pdf</t>
   </si>
   <si>
     <t>Requer construção de calçadão que liga o portal do sol a escola de Pium</t>
   </si>
   <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/240/req._208-2025-_requer_criacao_de_centro_turistico_na_antiga_rua_velha_em_campo_de_santana.pdf</t>
+  </si>
+  <si>
+    <t>Requer criação de centro turístico na antiga Rua Velha em Campo de Santana</t>
+  </si>
+  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/198/req._209-2025-_requer_construcao_de_mirante_proximo_a_torre_de_buzios.pdf</t>
   </si>
   <si>
     <t>Requer construção de mirante próximo a torre de Búzios</t>
   </si>
   <si>
+    <t>454</t>
+  </si>
+  <si>
     <t>210</t>
   </si>
   <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/454/req._210-2025-_josivan_trindade.pdf</t>
+  </si>
+  <si>
+    <t>Conclusão da pavimentação da estrada que liga a comunidade de Timbo a comunidade de Campo de Santana.</t>
+  </si>
+  <si>
     <t>211</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/210/req._211-2025-_nego_celular.pdf</t>
   </si>
   <si>
     <t>Construção de uma estátua em homenagem a escritora Nísia Floresta, em Nísia Floresta/RN</t>
   </si>
   <si>
-    <t>199</t>
+    <t>252</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/252/req._212-2025-_nego_de_batista.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação da instalação de iluminação na Rua do Pebinha, popularmente conhecido como "Rabo da Gata".</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/199/req._213-2025-_manoel_emiliano.pdf</t>
   </si>
   <si>
     <t>Solicitando a aquisição de 03 cabritas-reboques, sendo 01 para barcos de até 10 metros de comprimento e 02 para jangadas de até 05 metros para os pescadores da colônia Z10 em Pirangi do Sul.</t>
   </si>
   <si>
-    <t>136</t>
-[...1 lines deleted...]
-  <si>
     <t>214</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/136/req._214-2025-_luiz_henrique.pdf</t>
   </si>
   <si>
     <t>Construção de um CMEI, no bairro Mazapas.</t>
   </si>
   <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/321/req._215-2025-_rose_emiliano.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um centro esportivo no antigo campo de futebol da comunidade de Alcaçuz</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/293/req._216-2025-_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um CAPS (Centro de Atenção Psicossocial) no centro de Nísia Floresta.</t>
+  </si>
+  <si>
     <t>217</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/181/req._217-2025-_lula.pdf</t>
   </si>
   <si>
     <t>Construção de uma escola municipal em Pium</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/156/req._218-2025-_arielle_de_ari.pdf</t>
   </si>
   <si>
     <t>Implantação de um Programa de CNH popular, destinado a população de baixa renda.</t>
   </si>
   <si>
-    <t>155</t>
-[...1 lines deleted...]
-  <si>
     <t>219</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/155/req._219-2025-_requer_pavimentacao_e_drenagem_da_rua_carnauba_dos_dantas_em_buzios.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação e drenagem da Rua Carnauba dos Dantas em Búzios</t>
   </si>
   <si>
-    <t>55</t>
-[...2 lines deleted...]
-    <t>231</t>
+    <t>271</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/271/req._220-2025-_raniery_barros.pdf</t>
+  </si>
+  <si>
+    <t>Implementação da iluminação de LED à margem da lagoa, da comunidade de Boa água, neste município de Nísia Floresta/RN</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/55/req._231-2025-_requer_implantacao_de_escola_tecnica_-_manoel.pdf</t>
   </si>
   <si>
     <t>Solicitando a implantação de uma Escola Técnica na cidade de Nísia Floresta/RN.</t>
   </si>
   <si>
-    <t>56</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/56/req._232-2025-_requer_substituicao_de_lampadas_normais_por_led_em_portal_do_sol_pium-__lula.pdf</t>
   </si>
   <si>
     <t>A substituição das luminárias normal por lampadas de Led no loteamento portal do sol em Pium.</t>
   </si>
   <si>
-    <t>233</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/52/req._233-2025-_requer_construcao_de_asfalto_que_liga_o_estadio_no_cidade_alta_ate_o_carnaubinha-_raniery.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado a construção do asfalto que liga o Cidade Alta até o Estádio Municipal na comunidade de Carnaubinha, neste município de Nísia Floresta/RN</t>
   </si>
   <si>
-    <t>53</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/53/req._234-2025-_requer_pavimentacao_em_paralelepipedo_da_rua_vitoria_maria_em_barreta.pdf</t>
   </si>
   <si>
     <t>Solicita a pavimentação em Paralelepípedo da Rua Vitoria Maria, na comunidade de Barreta, Nísia Floresta/RN</t>
   </si>
   <si>
-    <t>235</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/54/req._235-2025-_requer_construcao_de_uma_parada_de_onibus_com_cobertura_no_entorno_do_incra-_oitizeiro_marcao.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma parada de ônibus com cobertura, no entorno do INCRA - Comunidade do Oitizeiro.</t>
   </si>
   <si>
-    <t>57</t>
-[...7 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/57/req._236-2025-_construcao_de_centro_de_velorio_com_capelinha_em_colonia_do_pium-rose.pdf</t>
   </si>
   <si>
     <t>A construção de um centro de velório com capelinha, na Colônia do Pium, neste município de Nisia Floresta/RN.</t>
   </si>
   <si>
-    <t>237</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/58/req._237-2025-_requer_a_construcao_de_um_cmei_em_timbo_-_arielle.pdf</t>
   </si>
   <si>
     <t>A solicitação de um centro Municipal de Educação Infantil (CMED) na comunidade do Timbó.</t>
   </si>
   <si>
-    <t>238</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/59/req._238-2025-_requer_ambulancia_para_comunidade_do_timbo_-_nego_celular.pdf</t>
   </si>
   <si>
     <t>Solicitando uma ambulância para o bairro Timbó, Nisia Floresta/RN.</t>
   </si>
   <si>
-    <t>239</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/60/req.239-2025-_requer_pavimentacao_e_drenagem_na_rua_salustiano_marinho_em_tabatinga_rose.pdf</t>
   </si>
   <si>
     <t>Solicitando a pavimentação e drenagem da Rua Salustiano Marinho, na comunidade de Barra de Tabatinga, neste município de Nísia floresta.</t>
   </si>
   <si>
-    <t>61</t>
-[...7 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/61/req.240-2025-requer_construcao_de_praca_com_academia_ao_ar_livre_em_lago_azul-_rodrigo.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça com academia ao ar livre para terceira idade na comunidade de Lago Azul.</t>
   </si>
   <si>
-    <t>62</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/62/req._241-2025-requer_instalacao_de_urna_eleitoral_em_oitizeiro-_raniery.pdf</t>
   </si>
   <si>
     <t>Solicitando a viabilidade para instalação de uma urna eleitoral na Escola Ana Cardoso de Barros, localizada na comunidade de Oitizeiro, neste município de Nisia Floresta/RN.</t>
   </si>
   <si>
-    <t>63</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/63/req._242-2025-_requer_drenagem_da_rua_santa_luiza_em_campo_de_santana-_marcao.pdf</t>
   </si>
   <si>
     <t>Solicitando a drenagem da Rua santa luzia em campo de Santana, a mesma fica por trás do antigo posto de saúde.</t>
   </si>
   <si>
-    <t>64</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/64/req._243-2025-_requer_construcao_de_paradas_de_onibus_em_camurupim_prox._pedra_oca_e_prox._a_escola_-_arielle.pdf</t>
   </si>
   <si>
     <t>A construção de duas paradas na comunidade de Camurupim, na Rn-063, uma nas proximidades da Pedra Oca, e outra em frente a Escola Municipal Maria Mércia de Carvalho.</t>
   </si>
   <si>
-    <t>244</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/65/req._244-2025-_requer_instalacao_de_placas_de_conscientizacao_sobre_o_descarte_correto_do_lixo_em_tabatinga-_manoel.pdf</t>
   </si>
   <si>
     <t>Solicitando instalação de placas de conscientização sobre o descarte correto do "lixo", incentivando a conservação e a preservação do meio ambiente em Barra de Tabatinga.</t>
   </si>
   <si>
-    <t>245</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/66/req._245-2025-_requer_reforma_da_ubs_de_mazapas-_luiz_henrique.pdf</t>
   </si>
   <si>
     <t>Reforma na Unidade Básica de Saúde localizada na Comunidade de Mazapas, neste Município.</t>
   </si>
   <si>
-    <t>67</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/67/req.246-2025-_requer_que_seja_passado_a_patrol_nas_estradas_carrocaveis_que_liga_as_lagoas-_lula.pdf</t>
   </si>
   <si>
     <t>Requer que seja passada a patrol nas estradas carroçavel, que liga todas as Lagoas de Nísia Floresta.</t>
   </si>
   <si>
-    <t>68</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/68/req._247-2025-_requer_reconstrucao_de_parada_de_onibus_no_conjunto_forro_do_pote_em_colonia_do_pium-_adriano.pdf</t>
   </si>
   <si>
     <t>A reconstrução de uma parada de ônibus na comunidade conjunto Forró do Pore na Colônia do Pium.</t>
   </si>
   <si>
-    <t>248</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/69/req._248-2025-_requer_pavimentacao_da_av._isabel_gondim_que_liga_o_iii_conj._ao_timbo-_nego_celular.pdf</t>
   </si>
   <si>
     <t>Solicitando a conclusão da pavimentação da Avenida Isabel Gondim, trecho que liga o terceiro Conjunto da Caixa ao Bairro Timbó, em Nísia Floresta/RN.</t>
   </si>
   <si>
-    <t>249</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_249_rodrigo.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CAMPO DE FUTEBOL NO BAIRRO LAGO AZUL</t>
   </si>
   <si>
-    <t>71</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_250_adriano.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA TRAVESSA BEIRA MAR, NO BAIRRO PIRANGI DO SUL</t>
   </si>
   <si>
-    <t>72</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_251_manoel.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA TARVESSA LUIZ EMILIANO, EM BARRA DE TABATINGA.</t>
   </si>
   <si>
-    <t>252</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_252_arielle.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CENTRO DE CONVIVÊNCIA NO BAIRRO MORRINHOS</t>
   </si>
   <si>
-    <t>253</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_253_rose.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO E DRENAGEM DA RUA NAZARENO EMILIANO, EM BARRA DE TABATINGA.</t>
   </si>
   <si>
-    <t>75</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_254_lula.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA CAFÉ FILHO NO BAIRRO HORTA GRANJEIRA.</t>
   </si>
   <si>
-    <t>76</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/76/requerimento_255_marcao.pdf</t>
   </si>
   <si>
     <t>DRENAGEM E PAVIMENTAÇÃO DA RUA LAGOA DA BOA ÁGUA, NO BAIRRO CAMPO DE SANTANA.</t>
   </si>
   <si>
-    <t>256</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_256_luiz_henrique.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ACADEMIA DA TERCEIRA IDADE NO BAIRRO CARNAUBINHA.</t>
   </si>
   <si>
-    <t>257</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_257_nego_celular.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DA PAVIMENTAÇÃO DA RUA DO ALECRIM NO BAIRRO TIMBÓ.</t>
   </si>
   <si>
-    <t>79</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_258_raniery.pdf</t>
   </si>
   <si>
     <t>REFORMA DO CENTRO COMERCIAL NO BAIRRO DO PORTO.</t>
   </si>
   <si>
-    <t>80</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/80/req._259-2025_-_259_rodrigo.pdf</t>
   </si>
   <si>
     <t>REFORMA ESTRUTURAL E LIMPEZA DA CAIXA D´ÁGUA DA PRAIA DE BARRETA.</t>
   </si>
   <si>
-    <t>81</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/81/req._260-2025_-_260_manoel.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO COM BLOCOS INTERTRAVADO NA TRAVESSA DA RUA ABDIAS EMILIANO NA PRAIA BARRA DE TABATINGA.</t>
   </si>
   <si>
-    <t>82</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/82/req._261-2025_-_rose_emiliano.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA AGNELO XAVIER NO BAIRRO DO PORTO.</t>
   </si>
   <si>
-    <t>262</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/83/req._262-_2025_-_adriano_cobrador.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO E DRENAGEM DA RUA LAGOA DO LODO, NA PRAIA BARRA DE TABATINGA.</t>
   </si>
   <si>
-    <t>263</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/84/req._263_-2025-_arielle_de_ari.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO E DRENAGEM DA RUA MANOEL CÂNDIDO, NO BAIRRO JENIPAPEIRO.</t>
   </si>
   <si>
-    <t>85</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/85/req._264-2025_-_raniery_barros.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NO BAIRRO DO PORTO.</t>
   </si>
   <si>
-    <t>86</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/86/req._265-2025_-_marcao.pdf</t>
   </si>
   <si>
     <t>INSTALÇÃO DE DETECTOR DE METAIS NA ENTRADA DO PRÉDIO SEDE DA CÂMARA MUNICIPAL DE NÍSIA FLORESTA RN.</t>
   </si>
   <si>
-    <t>87</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/87/req._266-2025_-_luiz_henrique.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA ACADEMIA DA TERCEIRA IDADE NO BAIRRO BONFIM, AO LADO DA UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
-    <t>88</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_267_lula.pdf</t>
   </si>
   <si>
     <t>Implantação do programa remédio em casa via motoboy.</t>
   </si>
   <si>
-    <t>268</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_268_adriano.pdf</t>
   </si>
   <si>
     <t>Construção de um Pórtico na entrada do nosso município, especificamente na comunidade da Praia de Pirangi do Sul.</t>
   </si>
   <si>
-    <t>269</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_269_nego_celular_.pdf</t>
   </si>
   <si>
     <t>Recapcamento asfaltico da Avenida Isabel Gondim, trecho que liga o bairro Alto Monte Herminio ao bairro Timbó, a mesma que dá acesso ao IBAMA, en Nisia Floresta RN.</t>
   </si>
   <si>
-    <t>270</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_270_marcao_.pdf</t>
   </si>
   <si>
     <t>A construção de um parquinho para as Crianças na Praça Municipal de Campo de Santana.</t>
   </si>
   <si>
-    <t>271</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_271_arielle.pdf</t>
   </si>
   <si>
     <t>Solicitação de calçamento e drenagem da Rua Nossa Senhora de Fátima, em Barreta.</t>
   </si>
   <si>
-    <t>272</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_272_rodrigo_.pdf</t>
   </si>
   <si>
     <t>Construção de um Centro de Convivência na Comunidade do Lago Azul.</t>
   </si>
   <si>
-    <t>273</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_273_rose.pdf</t>
   </si>
   <si>
     <t>Melhorias na área destinada à prática de futevôlei, na comunidade de Barra de Tabatinga, neste município de Nísia Floresta.</t>
   </si>
   <si>
-    <t>274</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_274_raniery.pdf</t>
   </si>
   <si>
     <t>Solicitando a inclusão de uma linha de ônibus e a autorização para transporte alternativo que entre na comunidade de Oitizeiro.</t>
   </si>
   <si>
-    <t>96</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento_275_manoel.pdf</t>
   </si>
   <si>
     <t>Solicitando obras de drenagem de águas cinza na comunidade de Currais.</t>
   </si>
   <si>
-    <t>97</t>
-[...4 lines deleted...]
-  <si>
     <t>André Gondim</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_276_andre.pdf</t>
   </si>
   <si>
     <t>Solicitando a implementação de bebedouros para crianças, adultos e pet, e bancos, Caminhódromo na entrada da cidade, que se encontra na RN063.</t>
   </si>
   <si>
-    <t>277</t>
-[...1 lines deleted...]
-  <si>
     <t>Guga de Marize</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_277_guga.pdf</t>
   </si>
   <si>
     <t>Que seja executada a extensão da rede de iluminação pública, na rua Sítio Lagoa do Bom Fim, de Getulinho ao Aviário, uma vez que a iluminação pendente, tem gerado transtornos e grande preocupação aos transeuntes daquela localidade. A presente demanda, surge da busca dos moradores e daqueles que circulem pelo local em horário noturno, levando mais segurança aos moradores.</t>
   </si>
   <si>
-    <t>99</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_278_raniery.pdf</t>
   </si>
   <si>
     <t>A criação dessa Sala tem como objetivo principal organizar e otimizar os fluxos de atendimento e serviços prestados pelo Sistema Único de Saúde (SUS) no município.</t>
   </si>
   <si>
-    <t>100</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_279_adriano_.pdf</t>
   </si>
   <si>
     <t>Para que vejam a viabilidade de realizar um estudo de reforma na ponte que liga os municípios de Nísia Floresta e Parnamirim, ponte essa localizada entre as praias de Pirangi do Sul e Pirangi do Norte.</t>
   </si>
   <si>
-    <t>101</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_280_lula.pdf</t>
   </si>
   <si>
     <t>Um veículo disponível na UBS de Pium, para visitas domiciliar dos profissionais da saúde nas comunidades, horta Pium colônia de cima forro do pode e lago azul.</t>
   </si>
   <si>
-    <t>281</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_281_arielle.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma e limpeza da caixa d'água da Comunidade de Morrinhos.</t>
   </si>
   <si>
-    <t>282</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_282_nego_celular.pdf</t>
   </si>
   <si>
     <t>Instalação de ar condicionados nas salas da Escola Municipal Maria Leonor Bezerra no bairro Timbó, em Nisia Floresta-RN.</t>
   </si>
   <si>
-    <t>283</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_283_rodrigo.pdf</t>
   </si>
   <si>
     <t>Construção de um estacionamento para os ônibus na Lagoa de Arituba.</t>
   </si>
   <si>
-    <t>284</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/105/requerimento_284_marcao.pdf</t>
   </si>
   <si>
     <t>Drenagem e Pavimentação da Rua da Fumaça (Nos Trechos iniciando da senhora Andreza e Finalizando próximo a residência do senhor tico) em Campo de Santana.</t>
   </si>
   <si>
-    <t>106</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_285_andre_.pdf</t>
   </si>
   <si>
     <t>Solicitando a implantação de um Sistema de Monitoramento das Ambulâncias do Município de Nisia Floresta.</t>
   </si>
   <si>
-    <t>107</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_286_rose.pdf</t>
   </si>
   <si>
     <t>A reforma e pintura da escultura do Pescador, localizada na entrada de Camurupim, e da escultura do Golfinho, situada na rotatória de Tabatinga em Nísia Floresta/RN.</t>
   </si>
   <si>
-    <t>108</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_287_manoel.pdf</t>
   </si>
   <si>
     <t>Solicitando colocação de placas Informativas indicando area de Escola, Cemei e Unidade Básica de Saúde, com Implantação de travessia elevada para pedestre na comunidade da Jenipapeiro.</t>
   </si>
   <si>
-    <t>288</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_288_luiz_henrique.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra de esportes na Escola Municipal Sandoval Ribeiro Dantas, no bairro Mazapas, Nisia Floresta-RN.</t>
   </si>
   <si>
-    <t>110</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_289_adriano.pdf</t>
   </si>
   <si>
     <t>Pavimentação e drenagem da Rua Deodoro Gurgel, localizada na comunidade Praia de Búzios.</t>
   </si>
   <si>
-    <t>111</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_290_andre.pdf</t>
   </si>
   <si>
     <t>Pavimentação e drenagem das Avenida Delvira Carvalho Gondim e Carlos Gondim, via que interliga os bairros de Currais, Genipapeiro e Golandi ao centro de Nísia Floresta, bairros estes que juntos tem aproximadamente 5000 (cinco mil) habitantes.</t>
   </si>
   <si>
-    <t>291</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_291_arielle.pdf</t>
   </si>
   <si>
     <t>Um estudo técnico para a implantação de um semáforo no centro da cidade.</t>
   </si>
   <si>
-    <t>113</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_292_luiz_henrique.pdf</t>
   </si>
   <si>
     <t>Conclusão da pavimentação em paralelepípedo na entrada do bairro Hortigranjeira, Nísia Floresta RN.</t>
   </si>
   <si>
-    <t>114</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_293_lula.pdf</t>
   </si>
   <si>
     <t>Pavimentação e drenagem da Rua Velha em Campo de Santana.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_294_marcao.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma quadra poliesportiva em Timbó.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_295_nego_celular.pdf</t>
   </si>
   <si>
     <t>Desapropriação de um terreno particular ao lado da Escola Municipal Maria Leonor Bezerra, para ampliação da mesma, no bairro Timbó, em Nisia Floresta RN.</t>
   </si>
   <si>
-    <t>117</t>
-[...1 lines deleted...]
-  <si>
     <t>296</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/117/requerimento_296_raniery.pdf</t>
   </si>
   <si>
     <t>Solicitando a inclusão do elemento decorativo em forma de locomotiva com vagões de carga, conforme modelo apresentado na imagem anexa, ao projeto original do pórtico de entrada do município de Nisia Floresta/RN.</t>
   </si>
   <si>
-    <t>118</t>
-[...1 lines deleted...]
-  <si>
     <t>297</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_297_rodrigo.pdf</t>
   </si>
   <si>
     <t>Construção de cinco quiosques no calçadão de frente a entrada da lagoa de Arituba.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_298_rose.pdf</t>
   </si>
   <si>
     <t>Melhorias para o campo de futebol na comunidade de Oitizeiro, neste município de Nísia Floresta.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_299_raniery.pdf</t>
   </si>
   <si>
     <t>Construção de um calçamento na rua do Iraque, na comunidade de Morrinhos, neste município de Nísia Floresta/RN.</t>
   </si>
   <si>
-    <t>212</t>
-[...1 lines deleted...]
-  <si>
     <t>300</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/212/requerimento_300_rose.pdf</t>
   </si>
   <si>
     <t>Construção de um monumento por sugestão uma Estatua de "Mulher Rendeira", na comunidade de Alcaçuz, neste município de Nísia Floresta/RN.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_301_nego_celular.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico da estrada Odilon Manoel de Almeida, trecho que liga o bairro Tororomba ao bairro Timbó, em Nísia Floresta RN</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_302_lula.pdf</t>
   </si>
   <si>
     <t>Reforma e Ampliação da escola municipal de pium</t>
   </si>
   <si>
-    <t>215</t>
-[...1 lines deleted...]
-  <si>
     <t>303</t>
   </si>
   <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_303_marcao_.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça com parquinho para Crianças no conjunto Cajupiranga localizado em Campo de Santana</t>
   </si>
   <si>
-    <t>216</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_304_arielle.pdf</t>
   </si>
   <si>
     <t>Que sejam recolocadas as lixeiras do loteamento Portal d o Sol, em Pium.</t>
   </si>
   <si>
-    <t>305</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_305_rodrigo.pdf</t>
   </si>
   <si>
     <t>Instalação de placas de sinalização das praias e lagoas da nossa cidade.</t>
   </si>
   <si>
-    <t>306</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_306_andre.pdf</t>
   </si>
   <si>
     <t>Reformulação da praça na comunidade do Porto</t>
   </si>
   <si>
-    <t>307</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_307_luiz_henrique.pdf</t>
   </si>
   <si>
     <t>Construção de uma Quadra de Esportes no bairro Loteamento Cidade Alta, Nísia Floresta RN</t>
   </si>
   <si>
-    <t>220</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_308_manoel.pdf</t>
   </si>
   <si>
     <t>Construção de um calçadão de passeio com tijolos intertravados, com inicio na Rua São Manoel até a rotatória do golfinho em Barra de Tabatinga</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_309_rose.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma ambulância para atender as necessidades das comunidades de Pirangi do Sul, Búzios e Barra de Tabatinga, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_310_lula.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a reforma e ampliação de 2 salas da Unidade Básica de Saúde (UBS) da comunidade do Pium.</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_311_arielle.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma Praça Multifuncional na Praia de Barreta.</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_312_luiz.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma lagoa de captação na praia de Barreta, Nísia Floresta RN</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_313_nego_celular.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e melhorias nas instalações do terminal turístico no bairro Timbó, em Nísia Floresta RN.</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_314_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do espaço das rendeiras na comunidade de Tabatinga, neste município de Nísia Floresta/RN</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_315_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Criação de uma academia de terceira idade na praça pública de Timbó</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_316_andre.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de motos com carrocinhas para limpeza urbana</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_317_adriano.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de telas de proteção no campo de futebol na comunidade de Currais.</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_318_guga.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação do logradouro conhecido como Rua Carão, localizado na Praia de Camurupim, no município de Nísia Floresta</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_319_marcao.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de uma placa informativa em frente à Capela de Nossa Senhora de Fátima, localizada em Tabatinga.</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_320_rodrigo_.pdf</t>
+  </si>
+  <si>
+    <t>Reativação do ponto de informações turísticas de praia de Tabatinga.</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_321_andre_.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação e drenagem da Avenida Maria Teixeira localizada na comunidade do Pium.</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_322_nego_celular.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação e drenagem da Rua São José no bairro Timbó, em Nísia Floresta RN.</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento_323_lula.pdf</t>
+  </si>
+  <si>
+    <t>Inclusão das comunidades de morrinhos e oitizeiro no programa do leite, promovido pelo governo do estado em parceria com o Município</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/366/requerimento_324_adriano.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de uma ATI, academia da terceira idade, na comunidade Colônia de Cima, antiga Colônia japonesa, assim também, como a permanência de um profissional de educação física em dias pré-estabelecidos à um cronograma a ser definido pela prefeitura, para que seja feita um acompanhamento seguro das atividades dos idosos.</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/367/requerimento_325_rose.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da avenida que inicia na RN-313 (no depósito do carioca), passa pelo condomínio Veredas e finaliza na escola da comunidade do Lago Azul, neste município de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/368/requerimento_326_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um mirante elevado para uso dos guarda-vidas (bombeiros), bem como a instalação de uma corda com boias sinalizadoras para_x000D_
+delimitação da área segura de banho, na Lagoa de Arituba, localizada no município de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_327_arielle_.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma Academia ao Ar livre destinada à terceira idade no bairro primavera.</t>
+  </si>
+  <si>
+    <t>872</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/872/requerimento_328_arielle.pdf</t>
+  </si>
+  <si>
+    <t>construção de um Centro de convivência na Praia de Camurupim.</t>
+  </si>
+  <si>
+    <t>975</t>
+  </si>
+  <si>
+    <t>329</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/975/requerimento_329_rose.pdf</t>
+  </si>
+  <si>
+    <t>instalação de iluminação pública no campo de futebol da comunidade de Oitizeiro em Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/924/requerimento_330_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Cessão de uma área pública com aproximadamente 1.000m2 (mil metros quadrados), situada no trecho compreendido entre as praias de Búzios e Tabatinga, destinada à implantação de uma subestação elétrica da Companhia Energética do Rio Grande do Norte - COSERN.</t>
+  </si>
+  <si>
+    <t>985</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/985/requerimento_331_manoel.pdf</t>
+  </si>
+  <si>
+    <t>Continuidade da pavimentação no trecho que estende se em frente à igreja evangélica até o povoamento conhecido como Quilombo na comunidade de Golandi.</t>
+  </si>
+  <si>
+    <t>899</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_332_marcao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a Troca da imagem de nossa senhora Sant'ana</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/867/requerimento_333_andre.pdf</t>
+  </si>
+  <si>
+    <t>solicitando a continuação da pavimentação e drenagem da Rua Lagoa De Arituba localizado no inicio do terceiro conjunto da caixa.</t>
+  </si>
+  <si>
+    <t>980</t>
+  </si>
+  <si>
+    <t>334</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/980/requerimento_334_guga.pdf</t>
+  </si>
+  <si>
+    <t>Solicito as medidas necessárias (reparos, melhorias e o que necessário for) para reabertura da quadra de esportes localizado no bairro do Porto.</t>
+  </si>
+  <si>
+    <t>983</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_335_luiz_henrique.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma Quadra de Esportes no bairro Alto Mante Herminio, Nísia Floresta RN.</t>
+  </si>
+  <si>
+    <t>979</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_336_celular.pdf</t>
+  </si>
+  <si>
+    <t>Atendimento médico duas vezes por semana e implantação de um consultório médico odontológico, no bairro Lagoa de Boágua</t>
+  </si>
+  <si>
+    <t>988</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_337_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da quadra poliesportiva da Comunidade Praia de Barreta.</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/925/requerimento_338_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Ligação de água para o cemitério, na comunidade de Tabatinga, neste municipio de Nisia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_339_lula.pdf</t>
+  </si>
+  <si>
+    <t>Continuação da pavimentação da Rua Evandro Vasconcelos e demais Ruas do segundo conjunto do abelhão na comunidade da colônia do pium.</t>
+  </si>
+  <si>
+    <t>986</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_340_manoel.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando colocação de placas nas entradas permitidas aos pescadores de acesso aos locais de pesca na comunidade de Jenipapeiro.</t>
+  </si>
+  <si>
+    <t>974</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/974/requerimento_341_rose.pdf</t>
+  </si>
+  <si>
+    <t>Solicita melhorias na comunidade da Colônia do Pium no município de Nísia Floresta/RN</t>
+  </si>
+  <si>
+    <t>873</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_342_arielle.pdf</t>
+  </si>
+  <si>
+    <t>Criação de uma Escola de turismo na comunidade de Campo de Santana, utilizando o espaço da escola local para o funcionamento do projeto.</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>343</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_343_andre.pdf</t>
+  </si>
+  <si>
+    <t>Construção de ama praça pública com o nome de identificação "Porto", na comunidade do Porto, em frente à Unidade Básica de Saúde (UBS Porto), situada na Rua Salvador Marquês.</t>
+  </si>
+  <si>
+    <t>977</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/977/requerimento_344_adriano.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um sumidoro na rua da Lagosta na comunidade de Pirangi do Sul.</t>
+  </si>
+  <si>
+    <t>984</t>
+  </si>
+  <si>
+    <t>345</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/984/requerimento_345_luiz_henrique.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um CMEI, no bairro Primavera.</t>
+  </si>
+  <si>
+    <t>981</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/981/requerimento_346_guga.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar a climatização das salas de aula e demais ambientes fechados da Escola Municipal Ana Amélia de Oliveira, localizada na comunidade de Tororomba, neste município.</t>
+  </si>
+  <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_347_andre.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação e drenagem da calçamento e a implantação do sistema de drenagem da Avenida Vereador Pedro Mesquita até a Escola Estadual Francisco Camilo, localizada na comunidade de Pium.</t>
+  </si>
+  <si>
+    <t>982</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/982/requerimento_348_guga.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um pórtico estilizado com o nome do município de Nísia Floresta, na entrada de um dos acessos à Lagoa do Bonfim, localizado nas proximidades do condomínio Reserva Bonfim.</t>
+  </si>
+  <si>
+    <t>987</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/987/requerimento_349_manoel.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando obras de limpeza "roço e poda" e bloqueio das entradas onde funcionava a antiga Escola Isolada na comunidade de Currais.</t>
+  </si>
+  <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_350_arielle.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um Parque Municipal, com área verde, espaço de convivência e parque infantil, nas proximidades do antigo IBAMA.</t>
+  </si>
+  <si>
+    <t>976</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/976/requerimento_351_rose.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação e drenagem de rus de lagoa, na comunidade de Barra de Tabatinga, neste município de Nisis Floresta.</t>
+  </si>
+  <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_352_lula.pdf</t>
+  </si>
+  <si>
+    <t>Realização de um processo seletivo em Nisia Floresta para contratação de Agentes Comunitários de Saúde.</t>
+  </si>
+  <si>
+    <t>989</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_353_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar a construção de Quiosques no antigo clube da Praia de Barreta.</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_354_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um mirante elevado para uso dos guarda-vidas (bombeiros), bem como a instalação de uma corda com boias sinalizando para delimitação da área segura de banho, na Lagoa de Carcará, localizada no município de Nisia Floresta.</t>
+  </si>
+  <si>
+    <t>978</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_355_adriano.pdf</t>
+  </si>
+  <si>
+    <t>Serviços de melhorias na tradicional feirinha da Colônia do Pium.</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/870/requerimento_356_arielle.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a desapropriação de um terreno localizado nas proximidades do Estádio do Porto, com o objetivo de construir um estacionamento público e abrir um novo acesso ao local.</t>
+  </si>
+  <si>
+    <t>871</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/871/requerimento_357_arielle.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a instalação de um Parque infantil na Praça Coronel José de Araújo, no Centro da Cidade.</t>
+  </si>
+  <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_358_marcao.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada Audiência Pública nesta Casa Legislativa, com a finalidade de possibilitar que a Associação APC- Cabo de São Roque de Proteção e Preservação de Tartarugas Marinhas, associação esta que tem concessão para monitoramento, proteção e conservação das tartarugas marinhas em nosso município, para que possa apresentar projetos, propostas e sugestões de legislação relacionadas à proteção, preservação e manejo sustentável das tartarugas marinhas no âmbito municipal.</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_359_marcao.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação a Drenagem e Pavimentação da Rua Prefeito Joao Lourenço Neto, Camurupim/Praias</t>
+  </si>
+  <si>
+    <t>973</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/973/requerimento_360_rose.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação de todas as ruas do conjunto residencial Maria Palmira Galvão Gondim, neste município de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento__361_rose.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação das ruas que dão acesso aos balneários na localidade do River Park, na comunidade da Colônia do Pium, neste município de_x000D_
+Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>958</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/958/requerimento__362_rose.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da rua que liga a comunidade de Hortigranjeira a Lagoa, neste municipio de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>959</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento__363_rose.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um reservatório de água na localidade conhecida como "rua de cima", na comunidade de Alcaçuz, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>960</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/960/requerimento_364_rose.pdf</t>
+  </si>
+  <si>
+    <t>Drenagem da água que se acumula em períodos chuvosos em frente a garagem da antiga Viação Campos, na comunidade de Pirangi do Sul, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>961</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/961/requerimento_365_rose.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma ambulância para atender as necessidades das comunidades de Alcaçuz e Hortigranjeira, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento__366_rose.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma ambulância para atender as necessidades das comunidades de Colônia do Pium e Lago Azul, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>963</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/963/requerimento__367_rose.pdf</t>
+  </si>
+  <si>
+    <t>Fixação de sinalização como placas e flutuadores para delimitação da área de banho nas lagoas com alto movimento de turistas e visitantes, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>964</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/964/requerimento_368_rose.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma Creche Escolar com tempo integral, contemplada com um ginásio de esportes, na comunidade da Colônia do Pium, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>965</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento__369_rose.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da rua São Francisco, na comunidade de Colônia do Pium, neste município de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>966</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_370_rose.pdf</t>
+  </si>
+  <si>
+    <t>Reestruturação e implantação de academia da 3ª idade na praça central da comunidade da Colônia do Pium, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>967</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_371_rose.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação e urbanização nas duas entradas da Lagoa de Alcaçuz, na comunidade de Alcaçuz, neste município de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>968</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/968/requerimento_372_rose.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação e drenagem da rua do INCRA, na comunidade de Colônia do Pium, neste município de Nisia Floresta.</t>
+  </si>
+  <si>
+    <t>969</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/969/requerimento_373_rose.pdf</t>
+  </si>
+  <si>
+    <t>Reativação do poço localizado nas proximidades do campo de futebol, na comunidade Colônia do Pium neste município de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>970</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_374_rose.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma quadra de areia com academia para 3º idade, na rua Topázio, mais conhecida como rua da lama, na comunidade de Colônia do Pium neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>971</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_375_rose.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e recuperação do meio-fio da rotatória localizada na comunidade Colónia de Pium, em Nisia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>972</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/972/requerimento_376_rose.pdf</t>
+  </si>
+  <si>
+    <t>Conclusão da pavimentação da Avenida Café Filho, localizada na comunidade de Alcaçuz.</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/875/requerimento_377_lula.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando cinco macas (5) macas extra para a central de ambulância da UPA Antônio Marinho de Carvalho.</t>
+  </si>
+  <si>
+    <t>876</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/876/requerimento_378_lula.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma Arena de futevôlei na comunidade de Genipapeiro.</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/877/requerimento_379_lula.pdf</t>
+  </si>
+  <si>
+    <t>Requerer ao excelentíssimo Sr. Prefeito Gustavo da Silva Santos, o desmembramento do anexo do CMEI Prof® Maria Sebastiana da Costa Luz, localizada na Comunidade de Campo de Santana, com o objetivo de criar uma nová unidade escolar, que atenderá a crescente demanda educacional da região.</t>
+  </si>
+  <si>
+    <t>878</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_380_lula.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um mini estádio com vestiário muros e proteção de telas por traz das traves e quiosques na comunidade de campo de_x000D_
+Santana.</t>
+  </si>
+  <si>
+    <t>879</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/879/requerimento_381_lula.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Rua Itália que dar acesso a Rua topázio antiga rua da lama na colônia do pium.</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/880/requerimento_382_lula.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um centro de controle de zoonoses na colônia do pium e região.</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/881/requerimento_383_lula.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Rua Senadete Maria Peixoto na comunidade da colônia do pium.</t>
+  </si>
+  <si>
+    <t>882</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/882/requerimento_384_lula.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Senhor Prefeito Gustavo Santas, solicitar um centro de velorio na comunidade da Hortagranjeira</t>
+  </si>
+  <si>
+    <t>883</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/883/requerimento_385_lula.pdf</t>
+  </si>
+  <si>
+    <t>Continuação da pavimentação da Rua: Tenente Augusto Severo, uma rua sem saída que fica ao lado da sub prefeitura na comunidade de Pium.</t>
+  </si>
+  <si>
+    <t>884</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/884/requerimento_386_lula.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a viabilização da construção de um Centro Esportivo com minicampo de futebol, uma praça pública e uma área destinada à prática de caminhada na comunidade de Campo de Santana.</t>
+  </si>
+  <si>
+    <t>885</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/885/requerimento_387_lula.pdf</t>
+  </si>
+  <si>
+    <t>Placas de sinalização para o loteamento portal do sol na comunidade de Pium.</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/886/requerimento_388_lula.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de uma academia da terceira idade no loteamento portal do sol em Pium.</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_389_lula.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de um parquinho na praça da comunidade de Campo de Santana e em diversa comunidade do município, dentre eles as seguintes: Campo de Santana, Pium, Hortigranjeira, Alcaçuz, Tabatinga, Timbó, Pirangi do Sul dentre outras comunidades.</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_390_lula.pdf</t>
+  </si>
+  <si>
+    <t>Troca de luminárias comum por lâmpadas de Led, no loteamento Lua das Orquídeas na comunidade da Mazapa.</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_391_lula.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar que seja implantado a iluminação de Led, do Campo do Porto até o Conjunto Cajupiranga.</t>
+  </si>
+  <si>
+    <t>890</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_392_lula.pdf</t>
+  </si>
+  <si>
+    <t>Providenciada a disponibilização de uma sala adequada para uso dos(as) agentes comunitários(as) de saúde na Unidade Básica de Saúde (UBS) da comunidade do Pium.</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_393_lula.pdf</t>
+  </si>
+  <si>
+    <t>Requer a retirada da porteira que atualmente si encontra entre a Rua Ermes Pereira e a Rua Caravelas.</t>
+  </si>
+  <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_394_lula.pdf</t>
+  </si>
+  <si>
+    <t>Requerer a realização de uma pequena reforma e pintura na Unidade Básica de Saúde (UBS) Da Horta Granjeira , Nisia Floresta</t>
+  </si>
+  <si>
+    <t>893</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_395_lula.pdf</t>
+  </si>
+  <si>
+    <t>Implantação dos serviços de Pediatria e Fisioterapia na Unidade, Básica de Saúde (UBS) da comunidade do Pium, neste município.</t>
+  </si>
+  <si>
+    <t>894</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/894/requerimento_396_lula.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um calçadão com uma ciclovia de Camurupim até a rota dos pescadores.</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_397_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um Apoio para os guias na Lagoa do Bonfim.</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/928/requerimento_398_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma praça na comunidade de Oitizeiro.</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/929/requerimento_399_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da rua Temente José Bezerra, localizada na praia de Barreta</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/930/requerimento_400_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização da entrada do ponto turístico Pedra Oca.</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/931/requerimento_401_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar um trator para fazer o recolhimento de lixo na lagoa de Campo de Santana, e a divulgação de um calendário de recolhimento</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/932/requerimento_402_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar um funcionário ASG para fazer a limpeza diária do banheiro público do calçadão.</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/933/requerimento_403_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um espaço para eventos na Comunidade de Morrinhos.</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_404_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma lombada na RN 063(Próximo a parada de ônibus e estação de trem).</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/935/requerimento_405_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Melhoria do acesso da lagoa da Boa Cica.</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/936/requerimento_406_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Criação de uma faixa de pedestre em frente à escola Municipal Augusto de Assis Costa, localizada em Campo de Santana.</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/937/requerimento_407_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um pórtico na Lagoa de Carcará ou letreiro.</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/938/requerimento_408_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um serviço de Convivência e fortalecimento de vínculos em Timbó.</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/939/requerimento_409_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Iluminação da via que liga Timbó a Tororomba e os conjuntos da caixa.</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/940/requerimento_410_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Criação de uma creche em Camurupim.</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/941/requerimento_411_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Criação de um espaço para pratica de atividades culturais na comunidade do Timbó.</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_412_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma praça pública em Búzios (Próximo a unidade básica de saúde).</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/943/requerimento_413_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>limpeza e capinagem das Ruas e praças do Terceiro Conjunto da Caixa.</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/944/requerimento_414_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de banheiros públicos na Lagoa de Arituba.</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/945/requerimento_415_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Reparos no calçamento da rua Odilon Manoel de Almeida, localizada na comunidade de Tororomba.</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/946/requerimento_416_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Reforma das calçadas do centro de Nísia Floresta</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/947/requerimento_417_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Iluminação da RN 063 do centro de Nisia Floresta a praia de Barreta.</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/948/requerimento_418_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção Campo de Futebol na comunidade de Tororomba.</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/949/requerimento_419_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação da Rua Bela Vista, localizada na comunidade de Morrinhos.</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_420_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma praça pública na comunidade de Morrinhos.</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/951/requerimento_421_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Reativação e reforma da escola estadual Almir Leite localizada na comunidade de Tororomba, para a implementação do ensino fundamental.</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/952/requerimento_422_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar uma ambulância para prestar serviços exclusivo para o posto de saúde da comunidade de Tororomba.</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/953/requerimento_423_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma praça pública na Rua do fogo, Tororomba (próximo a quadra de esportes).</t>
+  </si>
+  <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_424_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Calçamento na rua linha Km 38, comunidade da Mazapas.</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/955/requerimento_425_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma nova UBS na comunidade do Lago Azul.</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/956/requerimento_426_rodrigo.pdf</t>
+  </si>
+  <si>
+    <t>Serviço de Drenagem na Av. Monsenhor Antônio Barros nas mediações do Restaurante Maria Farinha.</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_427_andre.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja viabilizada a instalação de postes com refletores no Campo de Futebol JOSÉ CÂNDIDO DA SILVA (popularmente conhecido como Zumirão), localizado no bairro de Currais, em Nísia Floresta/RN</t>
+  </si>
+  <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/863/requerimento_428_andre.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja negociado com deputado federal uma emenda, para restruturação da ponte situada na Avenida Carlos Gondim, que interliga, os bairros de Genipapeiro, Currais e Golandi ao centro de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/864/requerimento_429_andre.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de reformulação do campo de futebol existente e construção de um mini campo na comunidade de Hortigranjeira.</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_430_andre.pdf</t>
+  </si>
+  <si>
+    <t>solicitando a construção de um terminal rodoviário na entrada de nossa cidade ao lado do pórtico</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/866/requerimento_431_andre.pdf</t>
+  </si>
+  <si>
+    <t>solicitando a construção de uma praça pública com área arborizada, ao lado do Centro Municipal de Educação Infantil (CMEI), localizado na comunidade de Currais.</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_432_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma academia de terceira idade, na comunidade do Porto, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/901/requerimento_433_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reativação do acesso a cachoeira na comunidade da Lagoa do Cárcara, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/902/requerimento_434_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma cobertura da quadra de esportes, na comunidade de Morrinhos, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_435_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Implantação e/ou ampliação de serviços de apoio psicológico e nutricional voltados às pessoas com câncer no município de Nísia Floresta.</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/904/requerimento_436_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando a disponibilização de um técnico de saúde para atendimento nas escolas da rede municipal de ensino, com o objetivo de prestar suporte a crianças que necessitem de troca de sonda ou outros cuidados de saúde especializados.</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/905/requerimento_437_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da praça, no Primeiro Conjunto Da Caixa, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/906/requerimento_438_raniery_.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um Parque de Vaquejada Municipal, no Cidade Alta, neste municipio de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/907/requerimento_439_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e manutenção da iluminação do Estádio Municipal, da comunidade da Carnaubinha, neste municipio de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_440_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma acadernia de terceira idade, no Conjunto Poeirão, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/909/requerimento_441_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Continuação do calçamento até o balneário, na comunidade de Boa Água, neste município de Nísia Floresta/RN</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/910/requerimento_442_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de kiosque à margem da Lagoa, na comunidade de Boa Água, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>911</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/911/requerimento_443_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do Túmulo de Nisia Floresta, na Comunidade do Porto, neste municipio de Nisia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>912</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_444_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um muro no campo de futebol, na comunidade de Jenipapeiro, neste municipio de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>913</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_445_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma meia quadra de Basquete e um parquinho, no Segundo Conjunto Da Caixa, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>914</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_446_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma praça iluminada com box para lanchonete na comunidade de Tabatinga, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>915</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/915/requerimento_447_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da praça, no Terceiro Conjunto Da Caixa, neste municipio de Nisia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/916/requerimento_448_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma academia de terceira idade, no Terceiro Conjunto Da Caixa, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/917/requerimento_449_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da praça, no Segundo Conjunto Da Caixa, neste municipio de Nisia Floresta/RN</t>
+  </si>
+  <si>
+    <t>918</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_450_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma academia de terceira idade, no Segundo Conjunto Da Caixa, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>919</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_451_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reforma do chafariz na comunidade de Carnaubinha, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_452_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Continuação do calçamento do Timbó até o Carcará, na comunidade da Lagoa do Carcará, neste município de Nísia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_453_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma academia de terceira idade, ao lado da igreja Matriz. no Centro, neste município de Nísia Floresta/RN</t>
+  </si>
+  <si>
+    <t>922</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_455_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da Praça e construção de kiosque, do Centro, neste municipio de Nisia Floresta/RN.</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_455_raniery.pdf</t>
+  </si>
+  <si>
+    <t>Duplicação da rua Jorge Amador (rua das bananeiras), no Centro, neste município de Nísia Floresta/RN.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2223,68 +4845,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/182/req._005-2025-_requer_drenagem_da_rua_sao_jose_em_barra_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/183/req._006-2025-_requer_criacao_de_praca_das_rendeiras_proximo_a_capela_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/162/req._013-2025-_requer_convenio_com_o_hospital_de_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/163/req._014-2025-_requer_criacao_de_um_centro_de_referencia_para_o_tea.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/120/req._026-2025-_requer_ensino_de_curso_preparatorio_para_alunos_da_rede_publica_do_fundamental_ii_e_medio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/184/req._027-20285-_requer_urbanizacao_e_iluminacao_da_lagoa_do_lodo_em_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/185/req._028-2025-_requer_calcamento_da_rua_esperanca_em_barra_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/164/req._036-2025-_requer_criacao_de_ubs_na_localidade_forrro_do_pote.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/165/req._037-2025-_requer_construcao_de_centro_de_velorio_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/137/req._038-2025-_requer_construcao_de_paradas_de_onibus_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/138/req._039-2025-_requer_construcao_de_academia_da_3_iadade_em_alcacus.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/166/req._043-2025-_requer_aquisicao_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/186/req._048-2025-_requer_trator_com_grade_para_cultivo_em_golandi_currais_e_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/121/req._051-2025-_requer_emenda_parlamentar_para_calcamentos_nas_ruas_de_barreta.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/122/req._052-2025-_requer_entrega_de_correspondencias_em_varios_bairros_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/139/req._054-2025-_requer_ampliacao_de_cemiterio_publico_de_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/140/req._058-2025-_requer_construcao_de_academia_da_3_idade_em_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/141/req._059-2025-_requer_construcao_de_quadra_de_futvolei_em_currais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/142/req._060-2025-_requer_revitalizacao_na_praia_de_buzios_e_construcao_na_orla.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/187/req._065-2025-_requer_implantacao_de_lombadas_e_faixas_de_pedestres_em_ruas_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/188/req._066-2025-_requer_construcao_de_parada_em_onibus_no_litoral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/123/req._069-2025-_requer_instalacao_de_academia_da_melhor_idade_em_mazapas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/124/req._070-2025-_requer_construcao_de_espaco_esportivo_no_3_conjunto_da_caixa.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/167/req._073-2025-_requer_construcao_de_ginasio_poliesportivo_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/200/req._074-2025-_requer_pavimentacao_da_rua_sao_jorge_em_timbo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/143/req._077-2025-_requer_construcao_de_agencia_dos_correios_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/144/req._078-2025-_requer_reforma_na_emaca_na_praia_de_buzios.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/168/req._083-2025-_requer_reforma_e_ampliacao_da_praca_de_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/169/req._084-2025-_requer_pavimentacao_da_estrada_dos_parceleiros_em_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/189/req._089-2025-_requer_dragagem_e_limpeza_de_rio_trator_de_golandi_a_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/125/req._090-2025-_requer_reforma_da_quadra_de_areia_no_residencial_nisia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/126/req._091-2025-_requer_implantacao_de_rotatoria_em_frente_ao_campo_do_cruzador..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/201/req._092-2025-_requer_aquisicao_da_uma_unidade_movel_de_castracao..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/202/req._093-2025-_requer_pavimentacao_da_rua_do_canto_em_timbo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/203/req._094-2025-_requer_conclusao_da_quadra_de_esportes_de_timbo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/204/req._095-2025-_requer_conclusao_da_creche_de_currais.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/145/req._098-2025-_requer_construcao_de_agencia_dos_correios_em_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/127/req._102-2025-_requer_construcao_de_um_centro_esportivo_no_2_conjunto_da_caixa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/128/req._103-2025-_requer_construcao_de_acessos_para_pessoas_com_deficiencia_em_predios_publicos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/170/req._104-2025-_requer_recuperacao_do_campo_da_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/171/req._105-2025-_requer_calcamento_de_ruas_da_lagoa_da_redonda_lagoa_de_arituba_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/190/req._109-2025-_requer_implantacao_de_casa_de_farinha_movel_para_atender_os_agricultores.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/191/req._112-2025-_requer_calcamento_e_urbanizacao_da_rua_santa_rita_de_cassia_em_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/146/req_116-2025-_requer_perfuracao_de_poco_artesiano_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/129/req._119-2025-_requer_climatizacao_de_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/192/req._120-2025-_requer_drenagem_de_aguas_negras_em_golandi.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/205/req._123-2025-_requer_pavimentacao_da_estrada_que_liga_boa_cica_a_timbo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/147/req._125-2025-_requer_construcao_de_escadaria_na_ladeira_em_frente_ao_clube_das_maes_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/173/req._130-2025-_requer_ampliacao_de_programa_do_leite_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/206/req._131-2025_-requer_implantacao_de_uma_sub_prefeitura_na_comunidade_de_currais_e_regiao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/174/req._138-2025-_requer_conclusao_de_calcamento_da_rua_deoclecio_anselmo_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/148/req._140-2025-_requer_construcao_de_quadra_de_esportes_em_buzios.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/193/req._142-2025-_requer_construcao_de_area_de_lazer_na_praia_de_buzios.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/130/req._145-2025-_requer_construcao_de_acesso_para_pessoas_com_deficiencia_em_paradas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/149/req._151-2025-_requer_pavimentacao_e_drenagem_da_rua_do_alto_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/194/req._153-2025-_requer_pavimentacao_da_estrada_do_alto_monte_herminio_ate_o_primavera.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/175/req._154--2025-_requer_pavimentacao_em_ruas_da_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/207/req._156-2025-requer_implantacao_de_cameras_de_seguranca_em_varios_pontos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/150/req._162-2025-_requer_reativacao_do_posto_policial_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/157/req._164-2025-_requer_criacao_de_aplicativo_de_celular_para_acesso_da_populacao_a_servicos_de_saude_publica.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/131/req._165-2025-_requer_construcao_de_cmei_na_praia_de_buzios.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/208/req._166-2025-_requer_iluminacao_publica_da_estrada_que_liga_o_3_conjunto_ao_timbo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/176/req._167-2025-_requer_construcao_de_praca_e_quiosques_na_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/195/req._170-2025-_requer_limpeza_de_calhas_e_bueiros_em_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/158/req._173-2025-_requer_implantacao_de_passarela_elevada_na_estacao_papary.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/132/req._176-2025-_requer_pavimentacao_em_paralelepipedo_da_rua_brilho_do_sol_em_barreta.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/177/req._177-2025-_requer_pavimentacao_de_ruas_n_comunidade_de_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/151/req._178-2025-_requer_construcao_de_quadra_de_esportes_no_lago_azul.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/152/req._181-2025-_requer_pavimentacao_e_drenagem_das_ruas_do_conjunto_rio_mar.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/196/req._182-2025-_requer_obras_de_roco_nas_comunidades_de_golandi_currais_e_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/159/req._185-2025-_requer_construcao_de_calcada_na_rua_henrique_trindade_em_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/133/req._187-2025-_requer_pavimentacao_e_colocacao_de_lixeiras_na_rua_beira_mar_em_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/178/req._188-2025-requer_construcao_de_centro_esportivo_comunitario..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/209/req._189-2025-_requer_implantacao_de_ciclovia_na_rn_063_de_barra_de_tabatinga_a_buzios.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/160/req._191-2025-_requer_construcao_de_apoio_aos_guias_turisticos_na_localidade_de_boa_cica.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/197/req._194-2025-_requer_construcao_de_area_coberta_para_realizacao_de_velorio_no_cemiterio_de_golandi.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/134/req._195-2025-_requer_construcao_de_quadra_poliesportiva_no_bairro_primavera.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/179/req._197-2025-_requer_tres_vans_para_a_secretaria_de_saude..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/153/req._198-2025-_requer_construcao_de_quadra_de_esportes_em_alcacus.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/135/req._202-2025-_requer_pavimentacao_da_estrada_de_mazapas_ate_a_lagoa_do_bonfim.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/154/req._204-2025-_requer_construcao_de_quadra_de_esportes_em_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/161/req._205-2025-_requer_viabilidade_da_criacao_de_linha_fluvial_em_algumas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/180/req._207-2025-_requer_construcao_de_calcadao_que_liga_o_portal_do_sol_a_escola_de_pium.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/198/req._209-2025-_requer_construcao_de_mirante_proximo_a_torre_de_buzios.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/210/req._211-2025-_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/199/req._213-2025-_manoel_emiliano.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/136/req._214-2025-_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/181/req._217-2025-_lula.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/156/req._218-2025-_arielle_de_ari.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/155/req._219-2025-_requer_pavimentacao_e_drenagem_da_rua_carnauba_dos_dantas_em_buzios.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/55/req._231-2025-_requer_implantacao_de_escola_tecnica_-_manoel.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/56/req._232-2025-_requer_substituicao_de_lampadas_normais_por_led_em_portal_do_sol_pium-__lula.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/52/req._233-2025-_requer_construcao_de_asfalto_que_liga_o_estadio_no_cidade_alta_ate_o_carnaubinha-_raniery.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/53/req._234-2025-_requer_pavimentacao_em_paralelepipedo_da_rua_vitoria_maria_em_barreta.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/54/req._235-2025-_requer_construcao_de_uma_parada_de_onibus_com_cobertura_no_entorno_do_incra-_oitizeiro_marcao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/57/req._236-2025-_construcao_de_centro_de_velorio_com_capelinha_em_colonia_do_pium-rose.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/58/req._237-2025-_requer_a_construcao_de_um_cmei_em_timbo_-_arielle.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/59/req._238-2025-_requer_ambulancia_para_comunidade_do_timbo_-_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/60/req.239-2025-_requer_pavimentacao_e_drenagem_na_rua_salustiano_marinho_em_tabatinga_rose.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/61/req.240-2025-requer_construcao_de_praca_com_academia_ao_ar_livre_em_lago_azul-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/62/req._241-2025-requer_instalacao_de_urna_eleitoral_em_oitizeiro-_raniery.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/63/req._242-2025-_requer_drenagem_da_rua_santa_luiza_em_campo_de_santana-_marcao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/64/req._243-2025-_requer_construcao_de_paradas_de_onibus_em_camurupim_prox._pedra_oca_e_prox._a_escola_-_arielle.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/65/req._244-2025-_requer_instalacao_de_placas_de_conscientizacao_sobre_o_descarte_correto_do_lixo_em_tabatinga-_manoel.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/66/req._245-2025-_requer_reforma_da_ubs_de_mazapas-_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/67/req.246-2025-_requer_que_seja_passado_a_patrol_nas_estradas_carrocaveis_que_liga_as_lagoas-_lula.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/68/req._247-2025-_requer_reconstrucao_de_parada_de_onibus_no_conjunto_forro_do_pote_em_colonia_do_pium-_adriano.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/69/req._248-2025-_requer_pavimentacao_da_av._isabel_gondim_que_liga_o_iii_conj._ao_timbo-_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_249_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_250_adriano.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_251_manoel.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_252_arielle.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_253_rose.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_254_lula.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/76/requerimento_255_marcao.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_256_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_257_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_258_raniery.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/80/req._259-2025_-_259_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/81/req._260-2025_-_260_manoel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/82/req._261-2025_-_rose_emiliano.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/83/req._262-_2025_-_adriano_cobrador.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/84/req._263_-2025-_arielle_de_ari.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/85/req._264-2025_-_raniery_barros.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/86/req._265-2025_-_marcao.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/87/req._266-2025_-_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_267_lula.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_268_adriano.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_269_nego_celular_.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_270_marcao_.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_271_arielle.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_272_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_273_rose.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_274_raniery.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento_275_manoel.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_276_andre.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_277_guga.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_278_raniery.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_279_adriano_.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_280_lula.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_281_arielle.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_282_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_283_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/105/requerimento_284_marcao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_285_andre_.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_286_rose.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_287_manoel.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_288_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_289_adriano.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_290_andre.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_291_arielle.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_292_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_293_lula.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_294_marcao.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_295_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/117/requerimento_296_raniery.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_297_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_298_rose.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_299_raniery.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/212/requerimento_300_rose.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_301_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_302_lula.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_303_marcao_.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_304_arielle.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_305_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_306_andre.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_307_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_308_manoel.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/418/req._001-2025-_requer_instalacao_de_aparelho_de_raio_x_na_urgencia_24hrs.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/419/req._002-2025-_requer_implantacao_de_detectores_de_metais_nas_escolas_municipais_de_nisia_floresta.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/272/req._003-2025-_requer_doacao_de_terreno_no_2_conjunto_da_caixa_para_construcao_de_capela..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/273/req._004-2025-_requer_distribuicao_de_lixeiras_nas_lagoas..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/182/req._005-2025-_requer_drenagem_da_rua_sao_jose_em_barra_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/183/req._006-2025-_requer_criacao_de_praca_das_rendeiras_proximo_a_capela_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/304/req._007-2025-_requer_funcionamento_da_ubs_de_tabatinga_por_24hrs.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/305/req._008-2025-_requer_reativacao_e_reforma_do_posto_policial_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/253/req._009-2025-_requer_construcao_de_calcamento_na_rua_do_crechao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/254/req._010-2025-_requer_construcao_de_terminal_turistico_na_comunidade_de_morrinhos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/221/req._011-2025-_requer_drenagem_e_pavimentacao_da_rua_dioclecio_anselmo_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/222/req._012-2025-_requer_reforma_dos_boxes_comerciais_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/162/req._013-2025-_requer_convenio_com_o_hospital_de_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/163/req._014-2025-_requer_criacao_de_um_centro_de_referencia_para_o_tea.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/433/req._015-2025-_requer_extensao_da_iluminacao_publica_na_orla_de_camurupim.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/434/req._016-2025-_requer_concessao_a_caern_para_agua_encanada_de_barreta_camurupim_e_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/420/req._017-2025-_requer_instalacao_de_laboratorio_de_analises_clinicas_na_urgencia_24hrs.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/274/req._018-2025-_requer_construcao_de_ponto_de_onibus_em_tororomba_em_frente_a_escola..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/275/req._019-2025-_requer_construcao_de_quadra_de_esportes_em_brisa_do_bonfim.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/223/req._020-2025-_requer_drenagem_e_pavimentacao_da_rua_luiz_calixto_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/224/req._021-2025-_requer_drenagem_e_pavimentacao_da_rua_zacarias_emanoel_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/306/req._022-2025-_requer_permanencia_de_agente_policial_militar_na_ubs_24hrs_do_centro.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/307/req._023-2025-_requer_ampliacao_do_centro_de_artesanato_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/435/req._024-2025-_requer_construcao_de_maternidade_clinica_na_cidade.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/436/req._025-2025-requer_formulacao_de_projeto_de_lei_para_criar_a_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/120/req._026-2025-_requer_ensino_de_curso_preparatorio_para_alunos_da_rede_publica_do_fundamental_ii_e_medio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/184/req._027-20285-_requer_urbanizacao_e_iluminacao_da_lagoa_do_lodo_em_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/185/req._028-2025-_requer_calcamento_da_rua_esperanca_em_barra_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/241/req._029-2025-_requer_construcao_de_complexo_educacional_na_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/242/req._030-20258-_requer_calcamento_da_rua_do_antigo_senai_na_praia_de_barreta.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/421/req._031-2025-_requer_cursos_de_capacitacao_para_mulheres_em_vunerabilidade_social.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/422/req._032-2025-_requer_destinacao_de_20_das_vagas_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/423/req._033-2025-_requer_implantacao_da_ronda_ostensiva_maria_da_penha_em_toda_nisia_floresta.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/255/req._034-2025-_requer_implementacao_de_iluminacao_as_margens_da_lagoa_do_carcara.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/256/req._035-2025-_requer_construcao_de_estacionamento_para_onibus_na_lagoa_do_carcara.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/164/req._036-2025-_requer_criacao_de_ubs_na_localidade_forrro_do_pote.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/165/req._037-2025-_requer_construcao_de_centro_de_velorio_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/137/req._038-2025-_requer_construcao_de_paradas_de_onibus_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/138/req._039-2025-_requer_construcao_de_academia_da_3_iadade_em_alcacus.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/424/req._040-2025-_requer_ao_prefeito_e_a_secretaria_da_mulher_o_projeto_meus_15_anos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/257/req._041-2025-_requer_reativacao_da_casa_de_farinha_na_comunidade_de_oitizeiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/258/req._042-2025-_requer_construcao_de_muro_no_campo_de_futebol_na_comunidade_de_currais.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/166/req._043-2025-_requer_aquisicao_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/309/req._045-2025-_requer_construcao_de_espaco_de_criacao_e_comercio_de_artesanato_em_alcacuz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/225/req._046-2025-_requer_reforma_da_ponte_do_rio_pirrixi_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/226/req._047-2025-_requer_drenagem_e_pavimentacao_da_estrada_do_rio_pirrixi_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/186/req._048-2025-_requer_trator_com_grade_para_cultivo_em_golandi_currais_e_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/437/req._049-2025-_requer_parada_de_onibus_no_carnaubinha.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/438/req._050-2025-_requer_duplicacao_da_rua_americo_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/121/req._051-2025-_requer_emenda_parlamentar_para_calcamentos_nas_ruas_de_barreta.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/122/req._052-2025-_requer_entrega_de_correspondencias_em_varios_bairros_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/140/req._053-2025-_requer_construcao_de_academia_da_3_idade_em_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/139/req._054-2025-_requer_ampliacao_de_cemiterio_publico_de_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/276/req._055-2025-_requer_pavimentacao_e_iluminacao_publica_da_estrada_do_bonfim.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/277/req._056-2025-_requer_pavimentacao_e_iluminacao_do_trecho_que_liga_o_porto_a_currais.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/278/req._057-2025-_requer_construcao_de_uma_praca_e_academia_da_3_idade_em_camurupim.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/280/req._058-2025-_requer_pavimentacao_da_rua_brisa_do_mar_no_lago_azul.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/141/req._059-2025-_requer_construcao_de_quadra_de_futvolei_em_currais.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/142/req._060-2025-_requer_revitalizacao_na_praia_de_buzios_e_construcao_na_orla.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/310/req._061-2025-_requer_reforma_da_praca_central_de_alcacuz.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/311/req._062-2025-_requer_construcao_de_cemiterio_publico_na_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/227/req._063-2025-requer_reforma_da_arquibancada_na_quadra_municipal_de_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/228/req._064-2025-_requer_instalacao_de_placas_de_sinalizacao_e_faixa_de_pedestre_na_area_do_cmei_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/187/req._065-2025-_requer_implantacao_de_lombadas_e_faixas_de_pedestres_em_ruas_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/188/req._066-2025-_requer_construcao_de_parada_em_onibus_no_litoral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/259/req._067-2025-_requer_implementacao_do_saneamento_em_todo_alto_monte_herminio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/266/req._068-2025-_requer_construcao_de_calcamento_na_rua_petropolis_no_bonfim.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/123/req._069-2025-_requer_instalacao_de_academia_da_melhor_idade_em_mazapas.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/124/req._070-2025-_requer_construcao_de_espaco_esportivo_no_3_conjunto_da_caixa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/439/req._071-2025-_requer_pavimentacao_com_paralelepipedo_na_rua_rio_ararai.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/440/req._072-2025-_requer_construcao_de_academia_da_3_idade_na_estacao_papary.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/167/req._073-2025-_requer_construcao_de_ginasio_poliesportivo_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/200/req._074-2025-_requer_pavimentacao_da_rua_sao_jorge_em_timbo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/279/req._075-2025-_requer_restauracao_e_melhorias_na_ladeira_que_liga_timbo_as_praias_e_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/281/req._076-2025-_requer_construcao_de_um_calcadao_para_caminhadas_as_margens_da_rn_063_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/143/req._077-2025-_requer_construcao_de_agencia_dos_correios_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/144/req._078-2025-_requer_reforma_na_emaca_na_praia_de_buzios.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/312/req._079-2025-_requer_construcao_de_quadra_de_esportes_na_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/313/req._080-2025-_requer_construcao_de_pier_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/441/req._081-2025-_requer_construcao_de_galeria_pluvial_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/442/req._082-2025-_requer_reconstrucao_da_bica_no_centro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/168/req._083-2025-_requer_reforma_e_ampliacao_da_praca_de_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/169/req._084-2025-_requer_pavimentacao_da_estrada_dos_parceleiros_em_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/260/req._085-2025-_requer_construcao_de_academia_da_3_idade_em_morrinhos.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/261/req._086-2025-_requer_construcao_de_academia_da_3_idade_em_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/229/req._087-2025-requer_reforma_da_quadra_municipal_de_morrinhos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/230/req._088-2025-requer_construcao_de_lombada_na_rua_anisia_goncalves_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/189/req._089-2025-_requer_dragagem_e_limpeza_de_rio_trator_de_golandi_a_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/125/req._090-2025-_requer_reforma_da_quadra_de_areia_no_residencial_nisia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/126/req._091-2025-_requer_implantacao_de_rotatoria_em_frente_ao_campo_do_cruzador..pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/201/req._092-2025-_requer_aquisicao_da_uma_unidade_movel_de_castracao..pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/202/req._093-2025-_requer_pavimentacao_da_rua_do_canto_em_timbo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/203/req._094-2025-_requer_conclusao_da_quadra_de_esportes_de_timbo.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/204/req._095-2025-_requer_conclusao_da_creche_de_currais.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/282/req._096-2025-_requer_inclusao_de_professores_e_auxiliares_com_capacidade_em_lidar_com_neurodiversidades.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/283/req._097-2025-_requer_reforma_e_ampliacao_da_ubs_do_lago_azul.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/145/req._098-2025-_requer_construcao_de_agencia_dos_correios_em_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/231/req._099-2025-_requer_criacao_de_centro_de_reabilitacao_em_nsia_floresta.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/443/req._100-2025-_requer_construcao_de_escola_municipal_em_currais.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/444/req._101-2025-_requer_conclusao_da_construcao_da_ponte_da_ilha.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/127/req._102-2025-_requer_construcao_de_um_centro_esportivo_no_2_conjunto_da_caixa.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/128/req._103-2025-_requer_construcao_de_acessos_para_pessoas_com_deficiencia_em_predios_publicos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/170/req._104-2025-_requer_recuperacao_do_campo_da_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/171/req._105-2025-_requer_calcamento_de_ruas_da_lagoa_da_redonda_lagoa_de_arituba_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/232/req._106-2025-requer_implantacao_de_rotatoria_no_cruzamento_japonesa_em_camurupim.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/243/req._107-2025-_requer_reforma_da_praca_da_comunidade_de_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/244/req._108-2025-_requer_pavimentacao_das_ruas_da_colonia_do_pium_proximo_ao_forro_do_pote..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/190/req._109-2025-_requer_implantacao_de_casa_de_farinha_movel_para_atender_os_agricultores.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/425/req._110-2025-_requer_implantacao_de_um_centro_de_referencia_e_especialidades_no_nosso_municipio.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/426/req._111-2025-_requer_construcao_de_parada_de_onibus_as_margens_da_rn_063_sentido_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/191/req._112-2025-_requer_calcamento_e_urbanizacao_da_rua_santa_rita_de_cassia_em_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/284/req._113-2025-_requer_abrigo_para_os_mototaxistas_no_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/314/req._114-2025-_requer_pavimentacao_da_rua_josefa_pereira_na_colonia_de_pium.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/146/req_116-2025-_requer_perfuracao_de_poco_artesiano_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/445/req._117-2025-_requer_construcao_de_praca_com_academia_da_3_idade_em_buzios.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/233/req._118-2025-_requer_construcao_de_hospital_maternidade.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/129/req._119-2025-_requer_climatizacao_de_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/192/req._120-2025-_requer_drenagem_de_aguas_negras_em_golandi.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/262/req._121-2025-_requer_reforma_da_quadra_de_areia_do_3_conjunto.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/245/req._122-2025-_requer_construcao_de_calcamento_na_rua_do_caju_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/205/req._123-2025-_requer_pavimentacao_da_estrada_que_liga_boa_cica_a_timbo.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/446/req._124-2025-_requer_pavimentacao_da_estrada_que_liga_currais_ou_centro.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/147/req._125-2025-_requer_construcao_de_escadaria_na_ladeira_em_frente_ao_clube_das_maes_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/285/req._126-2025-_requer_construcao_de_praca_e_quiosques_no_primeiro_conjunto..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/427/req._127-2025-_requer_incorporacao_de_assistente_social_na_equipe_da_urgencia_24h.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/246/req._128-2025-_requer_implantacao_de_calcadao_do_trecho_do_pescador_a_japonesa_em_camurupim.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/234/req._129-2025-_requer_criacao_de_cursos_preparatorios_para_o_concurso_da_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/173/req._130-2025-_requer_ampliacao_de_programa_do_leite_nas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/206/req._131-2025_-requer_implantacao_de_uma_sub_prefeitura_na_comunidade_de_currais_e_regiao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/263/req._132-2025-_requer_construcao_de_centro_comercial_em_oitizeiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/428/req._133-2025-_requer_instalacao_de_corrimaos_nas_pracas_do_centro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/429/req._134-2025-_requer_construcao_de_unidades_habitacionais_no_terreno_entre_o_1_e_2_conjunto_da_caixa.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/430/req._135-2025-_requer_ronda_maria_da_penha_em_todo_territorio_de_nisia_floresta.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/431/req._136-2025-_requer_construcao_de_posto_dos_correios_em_mazapas.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/432/req._137-2025_-_requer_construcao_de_posto_policial_em_mazapas.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/174/req._138-2025-_requer_conclusao_de_calcamento_da_rua_deoclecio_anselmo_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/148/req._140-2025-_requer_construcao_de_quadra_de_esportes_em_buzios.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/247/req._141-2025-_requer_construcao_de_uma_ciclovia_da_entrada_de_nisia_ao_centro_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/193/req._142-2025-_requer_construcao_de_area_de_lazer_na_praia_de_buzios.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/447/req._143-2025-_requer_construcao_de_ponte_que_liga_colonia_do_pium_a_lago_azul.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/315/req._144-2025-_requer_manutencao_e_reforma_da_caixa_dgua_de_colonia_de_cima.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/130/req._145-2025-_requer_construcao_de_acesso_para_pessoas_com_deficiencia_em_paradas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/264/req._146-2025-_requer_construcao_de_calcamento_da_rua_do_porto_em_morrinhos.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/265/req._147-2025-_requer_reforma_do_cemiterio_na_comunidade_de_oitizeiro.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/448/req._148-2025-_requer_pavimentacao_com_paralelepipedo_na_rua_henrique_trindade.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/449/req._149-2025-_requer_construcao_de_ubs_em_boagua.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/235/req._150-2025-_requer_drenagem_e_pavimentacao_da_rua_santa_terezinha_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/149/req._151-2025-_requer_pavimentacao_e_drenagem_da_rua_do_alto_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/287/req._152-2025-_requer_ampliacao_e_criacao_de_quiosques_na_praca_em_timbo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/194/req._153-2025-_requer_pavimentacao_da_estrada_do_alto_monte_herminio_ate_o_primavera.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/175/req._154--2025-_requer_pavimentacao_em_ruas_da_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/316/req._155-2025-_requer_reforma_do_campo_de_futebol_de_tabatinga..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/207/req._156-2025-requer_implantacao_de_cameras_de_seguranca_em_varios_pontos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/317/req._157-2025-_requer_pavimentacao_da_rua_francisco_reginaldo_na_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/248/req._158-2025-_requer_pavimentacao_e_drenagem_da_rua_jayme_correia_no_cidade_alta.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/288/req._159-2025-_requer_construcao_de_banheiros_publicos_na_lagoa_do_carcara.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/267/req._160-2025_-_requer_reforma_da_quadra_de_areia_no_primeiro_conjunto_da_caixa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/450/req._161-2025-_requer_construcao_de_galeria_pluvial_na_estacao_papary.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/150/req._162-2025-_requer_reativacao_do_posto_policial_em_pirangi_do_sul.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/236/req._163-2025-_requer_drenagem_e_pavimentacao_da_rua_cajupiranga_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/157/req._164-2025-_requer_criacao_de_aplicativo_de_celular_para_acesso_da_populacao_a_servicos_de_saude_publica.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/131/req._165-2025-_requer_construcao_de_cmei_na_praia_de_buzios.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/208/req._166-2025-_requer_iluminacao_publica_da_estrada_que_liga_o_3_conjunto_ao_timbo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/176/req._167-2025-_requer_construcao_de_praca_e_quiosques_na_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/451/req._168-2025-_requer_construcao_de_pocos_tubulares_em_genipapeiro_currais_e_golandi.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/318/req._169-2025-_requer_construcao_de_calcadao_da_rua_principal_em_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/195/req._170-2025-_requer_limpeza_de_calhas_e_bueiros_em_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/249/req._171-2025-_requer_iluminacao_do_trecho_da_subida_do_piloto_ao_lava_jato_do_carlinhos_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/289/req._172-2025-_requer_calcamento_e_iluminacao_da_rua_sao_benedito_em_mazapas.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/158/req._173-2025-_requer_implantacao_de_passarela_elevada_na_estacao_papary.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/268/req._174-2025-_requer_implantacao_de_ponto_de_taxi_na_estacao_papary.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/237/req._175-2025-_requer_ambulancia_lotada_para_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/132/req._176-2025-_requer_pavimentacao_em_paralelepipedo_da_rua_brilho_do_sol_em_barreta.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/177/req._177-2025-_requer_pavimentacao_de_ruas_n_comunidade_de_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/151/req._178-2025-_requer_construcao_de_quadra_de_esportes_no_lago_azul.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/290/req._179-2025-_requer_implementacao_de_quebra_mola_em_frente_a_escola_do_bonfim.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/250/req._180-2025-_requer_calcamento_da_rua_timuza_de_souza_na_praia_de_barreta.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/152/req._181-2025-_requer_pavimentacao_e_drenagem_das_ruas_do_conjunto_rio_mar.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/196/req._182-2025-_requer_obras_de_roco_nas_comunidades_de_golandi_currais_e_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/238/req._184-2025-_requer_sistema_de_monitoramento_por_cameras_em_varios_pontos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/159/req._185-2025-_requer_construcao_de_calcada_na_rua_henrique_trindade_em_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/269/req._186-2025-_requer_construcao_de_ubs_no_3_conjunto_da_caixa.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/133/req._187-2025-_requer_pavimentacao_e_colocacao_de_lixeiras_na_rua_beira_mar_em_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/178/req._188-2025-requer_construcao_de_centro_esportivo_comunitario..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/209/req._189-2025-_requer_implantacao_de_ciclovia_na_rn_063_de_barra_de_tabatinga_a_buzios.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/319/req._190-2025-_requer_funcionamento_em_tempo_integral_do_cmei_de_tabatinga.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/160/req._191-2025-_requer_construcao_de_apoio_aos_guias_turisticos_na_localidade_de_boa_cica.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/239/req._192-2025-_requer_construcao_de_paradas_de_onibus_no_entorno_de_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/291/req._193-2025-_requer_construcao_de_quiosques_em_campo_de_santana_ao_lado_da_praca_central..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/197/req._194-2025-_requer_construcao_de_area_coberta_para_realizacao_de_velorio_no_cemiterio_de_golandi.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/134/req._195-2025-_requer_construcao_de_quadra_poliesportiva_no_bairro_primavera.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/270/req._196-2025-_requer_reforma_da_rodoviaria_do_centro.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/179/req._197-2025-_requer_tres_vans_para_a_secretaria_de_saude..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/153/req._198-2025-_requer_construcao_de_quadra_de_esportes_em_alcacus.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/452/req._199-2025-_requer_criacao_de_plano_de_cargos_carreira_e_remuneracao_dos_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/251/req._200-2025-_requer_iluminacao_da_rua_do_papepinha_ate_o_primavera.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/292/req._201-2025-_requer_construcao_de_praca_com_academia_da_3_idade_no_brisa_do_bonfim.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/135/req._202-2025-_requer_pavimentacao_da_estrada_de_mazapas_ate_a_lagoa_do_bonfim.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/320/req._203-2025-_requer_implantacao_de_centro_de_convivencia_em_colonia_do_pium.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/154/req._204-2025-_requer_construcao_de_quadra_de_esportes_em_hortigranjeira.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/161/req._205-2025-_requer_viabilidade_da_criacao_de_linha_fluvial_em_algumas_comunidades.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/453/req._206-2025-_requer_conclusao_de_reforma_do_cmei_em_genipapeiro.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/180/req._207-2025-_requer_construcao_de_calcadao_que_liga_o_portal_do_sol_a_escola_de_pium.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/240/req._208-2025-_requer_criacao_de_centro_turistico_na_antiga_rua_velha_em_campo_de_santana.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/198/req._209-2025-_requer_construcao_de_mirante_proximo_a_torre_de_buzios.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/454/req._210-2025-_josivan_trindade.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/210/req._211-2025-_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/252/req._212-2025-_nego_de_batista.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/199/req._213-2025-_manoel_emiliano.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/136/req._214-2025-_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/321/req._215-2025-_rose_emiliano.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/293/req._216-2025-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/181/req._217-2025-_lula.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/156/req._218-2025-_arielle_de_ari.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/155/req._219-2025-_requer_pavimentacao_e_drenagem_da_rua_carnauba_dos_dantas_em_buzios.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/271/req._220-2025-_raniery_barros.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/55/req._231-2025-_requer_implantacao_de_escola_tecnica_-_manoel.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/56/req._232-2025-_requer_substituicao_de_lampadas_normais_por_led_em_portal_do_sol_pium-__lula.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/52/req._233-2025-_requer_construcao_de_asfalto_que_liga_o_estadio_no_cidade_alta_ate_o_carnaubinha-_raniery.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/53/req._234-2025-_requer_pavimentacao_em_paralelepipedo_da_rua_vitoria_maria_em_barreta.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/54/req._235-2025-_requer_construcao_de_uma_parada_de_onibus_com_cobertura_no_entorno_do_incra-_oitizeiro_marcao.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/57/req._236-2025-_construcao_de_centro_de_velorio_com_capelinha_em_colonia_do_pium-rose.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/58/req._237-2025-_requer_a_construcao_de_um_cmei_em_timbo_-_arielle.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/59/req._238-2025-_requer_ambulancia_para_comunidade_do_timbo_-_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/60/req.239-2025-_requer_pavimentacao_e_drenagem_na_rua_salustiano_marinho_em_tabatinga_rose.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/61/req.240-2025-requer_construcao_de_praca_com_academia_ao_ar_livre_em_lago_azul-_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/62/req._241-2025-requer_instalacao_de_urna_eleitoral_em_oitizeiro-_raniery.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/63/req._242-2025-_requer_drenagem_da_rua_santa_luiza_em_campo_de_santana-_marcao.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/64/req._243-2025-_requer_construcao_de_paradas_de_onibus_em_camurupim_prox._pedra_oca_e_prox._a_escola_-_arielle.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/65/req._244-2025-_requer_instalacao_de_placas_de_conscientizacao_sobre_o_descarte_correto_do_lixo_em_tabatinga-_manoel.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/66/req._245-2025-_requer_reforma_da_ubs_de_mazapas-_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/67/req.246-2025-_requer_que_seja_passado_a_patrol_nas_estradas_carrocaveis_que_liga_as_lagoas-_lula.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/68/req._247-2025-_requer_reconstrucao_de_parada_de_onibus_no_conjunto_forro_do_pote_em_colonia_do_pium-_adriano.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/69/req._248-2025-_requer_pavimentacao_da_av._isabel_gondim_que_liga_o_iii_conj._ao_timbo-_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_249_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_250_adriano.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_251_manoel.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_252_arielle.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_253_rose.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_254_lula.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/76/requerimento_255_marcao.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_256_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_257_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_258_raniery.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/80/req._259-2025_-_259_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/81/req._260-2025_-_260_manoel.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/82/req._261-2025_-_rose_emiliano.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/83/req._262-_2025_-_adriano_cobrador.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/84/req._263_-2025-_arielle_de_ari.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/85/req._264-2025_-_raniery_barros.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/86/req._265-2025_-_marcao.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/87/req._266-2025_-_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_267_lula.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_268_adriano.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_269_nego_celular_.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/91/requerimento_270_marcao_.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_271_arielle.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/93/requerimento_272_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_273_rose.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/95/requerimento_274_raniery.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento_275_manoel.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_276_andre.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_277_guga.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_278_raniery.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_279_adriano_.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_280_lula.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_281_arielle.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_282_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_283_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/105/requerimento_284_marcao.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_285_andre_.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_286_rose.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_287_manoel.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_288_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_289_adriano.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_290_andre.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_291_arielle.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_292_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_293_lula.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento_294_marcao.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/116/requerimento_295_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/117/requerimento_296_raniery.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/118/requerimento_297_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/119/requerimento_298_rose.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_299_raniery.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/212/requerimento_300_rose.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_301_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_302_lula.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_303_marcao_.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_304_arielle.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_305_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_306_andre.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_307_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_308_manoel.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/294/requerimento_309_rose.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/295/requerimento_310_lula.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/296/requerimento_311_arielle.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/297/requerimento_312_luiz.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/298/requerimento_313_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/299/requerimento_314_raniery.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/300/requerimento_315_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/301/requerimento_316_andre.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/302/requerimento_317_adriano.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/303/requerimento_318_guga.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_319_marcao.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_320_rodrigo_.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_321_andre_.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_322_nego_celular.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento_323_lula.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/366/requerimento_324_adriano.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/367/requerimento_325_rose.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/368/requerimento_326_raniery.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_327_arielle_.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/872/requerimento_328_arielle.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/975/requerimento_329_rose.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/924/requerimento_330_raniery.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/985/requerimento_331_manoel.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_332_marcao.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/867/requerimento_333_andre.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/980/requerimento_334_guga.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/983/requerimento_335_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/979/requerimento_336_celular.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/988/requerimento_337_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/925/requerimento_338_raniery.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/895/requerimento_339_lula.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/986/requerimento_340_manoel.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/974/requerimento_341_rose.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/873/requerimento_342_arielle.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_343_andre.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/977/requerimento_344_adriano.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/984/requerimento_345_luiz_henrique.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/981/requerimento_346_guga.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/869/requerimento_347_andre.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/982/requerimento_348_guga.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/987/requerimento_349_manoel.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_350_arielle.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/976/requerimento_351_rose.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_352_lula.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/989/requerimento_353_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/926/requerimento_354_raniery.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/978/requerimento_355_adriano.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/870/requerimento_356_arielle.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/871/requerimento_357_arielle.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/897/requerimento_358_marcao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/898/requerimento_359_marcao.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/973/requerimento_360_rose.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento__361_rose.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/958/requerimento__362_rose.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/959/requerimento__363_rose.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/960/requerimento_364_rose.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/961/requerimento_365_rose.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/962/requerimento__366_rose.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/963/requerimento__367_rose.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/964/requerimento_368_rose.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/965/requerimento__369_rose.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/966/requerimento_370_rose.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/967/requerimento_371_rose.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/968/requerimento_372_rose.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/969/requerimento_373_rose.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/970/requerimento_374_rose.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/971/requerimento_375_rose.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/972/requerimento_376_rose.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/875/requerimento_377_lula.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/876/requerimento_378_lula.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/877/requerimento_379_lula.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_380_lula.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/879/requerimento_381_lula.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/880/requerimento_382_lula.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/881/requerimento_383_lula.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/882/requerimento_384_lula.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/883/requerimento_385_lula.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/884/requerimento_386_lula.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/885/requerimento_387_lula.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/886/requerimento_388_lula.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/887/requerimento_389_lula.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/888/requerimento_390_lula.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/889/requerimento_391_lula.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/890/requerimento_392_lula.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/891/requerimento_393_lula.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/892/requerimento_394_lula.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/893/requerimento_395_lula.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/894/requerimento_396_lula.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/927/requerimento_397_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/928/requerimento_398_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/929/requerimento_399_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/930/requerimento_400_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/931/requerimento_401_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/932/requerimento_402_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/933/requerimento_403_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_404_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/935/requerimento_405_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/936/requerimento_406_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/937/requerimento_407_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/938/requerimento_408_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/939/requerimento_409_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/940/requerimento_410_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/941/requerimento_411_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_412_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/943/requerimento_413_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/944/requerimento_414_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/945/requerimento_415_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/946/requerimento_416_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/947/requerimento_417_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/948/requerimento_418_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/949/requerimento_419_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_420_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/951/requerimento_421_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/952/requerimento_422_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/953/requerimento_423_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_424_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/955/requerimento_425_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/956/requerimento_426_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/862/requerimento_427_andre.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/863/requerimento_428_andre.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/864/requerimento_429_andre.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/865/requerimento_430_andre.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/866/requerimento_431_andre.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_432_raniery.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/901/requerimento_433_raniery.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/902/requerimento_434_raniery.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_435_raniery.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/904/requerimento_436_raniery.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/905/requerimento_437_raniery.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/906/requerimento_438_raniery_.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/907/requerimento_439_raniery.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_440_raniery.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/909/requerimento_441_raniery.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/910/requerimento_442_raniery.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/911/requerimento_443_raniery.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/912/requerimento_444_raniery.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/913/requerimento_445_raniery.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/914/requerimento_446_raniery.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/915/requerimento_447_raniery.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/916/requerimento_448_raniery.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/917/requerimento_449_raniery.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/918/requerimento_450_raniery.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/919/requerimento_451_raniery.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_452_raniery.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_453_raniery.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/922/requerimento_455_raniery.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.nisiafloresta.rn.leg.br/media/sapl/public/materialegislativa/2025/923/requerimento_455_raniery.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H170"/>
+  <dimension ref="A1:H445"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="188.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="189.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2417,4295 +5039,11439 @@
       </c>
       <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
         <v>67</v>
       </c>
-      <c r="B15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
         <v>76</v>
       </c>
-      <c r="D17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H19" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="H24" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H27" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="H28" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="H29" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H30" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>134</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H31" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H32" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H33" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H34" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H36" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>113</v>
+        <v>67</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H37" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="H38" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>31</v>
+        <v>171</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="H39" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>31</v>
+        <v>171</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H40" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="H41" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="H42" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="H43" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H44" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="H45" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="H46" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H47" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>29</v>
+        <v>207</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="H48" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>99</v>
+        <v>211</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="H49" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>136</v>
+        <v>215</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="H50" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="H51" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="H52" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>55</v>
+        <v>227</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>22</v>
+        <v>121</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="H53" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>79</v>
+        <v>231</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>221</v>
+        <v>232</v>
       </c>
       <c r="H54" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>87</v>
+        <v>235</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>171</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="H55" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>160</v>
+        <v>239</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H56" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="H57" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="H58" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>22</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="H59" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>242</v>
+        <v>256</v>
       </c>
       <c r="H60" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>244</v>
+        <v>258</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>20</v>
+        <v>259</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>245</v>
+        <v>260</v>
       </c>
       <c r="H61" t="s">
-        <v>246</v>
+        <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>247</v>
+        <v>262</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>42</v>
+        <v>263</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>248</v>
+        <v>40</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="H62" t="s">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>214</v>
+        <v>266</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>46</v>
+        <v>267</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>251</v>
+        <v>268</v>
       </c>
       <c r="H63" t="s">
-        <v>252</v>
+        <v>269</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>253</v>
+        <v>270</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>59</v>
+        <v>271</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>113</v>
+        <v>58</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>254</v>
+        <v>272</v>
       </c>
       <c r="H64" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>256</v>
+        <v>274</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>107</v>
+        <v>275</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>257</v>
+        <v>276</v>
       </c>
       <c r="H65" t="s">
-        <v>258</v>
+        <v>277</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>259</v>
+        <v>278</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>172</v>
+        <v>279</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>260</v>
+        <v>280</v>
       </c>
       <c r="H66" t="s">
-        <v>261</v>
+        <v>281</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>262</v>
+        <v>282</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>209</v>
+        <v>283</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>248</v>
+        <v>31</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>263</v>
+        <v>284</v>
       </c>
       <c r="H67" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>256</v>
+        <v>287</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="H68" t="s">
-        <v>267</v>
+        <v>289</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>268</v>
+        <v>290</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>268</v>
+        <v>291</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>269</v>
+        <v>292</v>
       </c>
       <c r="H69" t="s">
-        <v>270</v>
+        <v>293</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>229</v>
+        <v>294</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>271</v>
+        <v>295</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>272</v>
+        <v>296</v>
       </c>
       <c r="H70" t="s">
-        <v>273</v>
+        <v>297</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>274</v>
+        <v>298</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>275</v>
+        <v>299</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>276</v>
+        <v>300</v>
       </c>
       <c r="H71" t="s">
-        <v>277</v>
+        <v>301</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>278</v>
+        <v>302</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>8</v>
+        <v>303</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>279</v>
+        <v>304</v>
       </c>
       <c r="H72" t="s">
-        <v>280</v>
+        <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>281</v>
+        <v>306</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>38</v>
+        <v>307</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>282</v>
+        <v>308</v>
       </c>
       <c r="H73" t="s">
-        <v>283</v>
+        <v>309</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>284</v>
+        <v>310</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>91</v>
+        <v>311</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>285</v>
+        <v>312</v>
       </c>
       <c r="H74" t="s">
-        <v>286</v>
+        <v>313</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>271</v>
+        <v>314</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>95</v>
+        <v>315</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>22</v>
+        <v>316</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>287</v>
+        <v>317</v>
       </c>
       <c r="H75" t="s">
-        <v>288</v>
+        <v>318</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>319</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>132</v>
+        <v>320</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>113</v>
+        <v>22</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>290</v>
+        <v>321</v>
       </c>
       <c r="H76" t="s">
-        <v>291</v>
+        <v>322</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>323</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>184</v>
+        <v>324</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>248</v>
+        <v>22</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>293</v>
+        <v>325</v>
       </c>
       <c r="H77" t="s">
-        <v>294</v>
+        <v>326</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>295</v>
+        <v>327</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>232</v>
+        <v>328</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>171</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>296</v>
+        <v>329</v>
       </c>
       <c r="H78" t="s">
-        <v>297</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>298</v>
+        <v>331</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>259</v>
+        <v>332</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>31</v>
+        <v>171</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>299</v>
+        <v>333</v>
       </c>
       <c r="H79" t="s">
-        <v>300</v>
+        <v>334</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>301</v>
+        <v>335</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>295</v>
+        <v>336</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>302</v>
+        <v>337</v>
       </c>
       <c r="H80" t="s">
-        <v>303</v>
+        <v>338</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>233</v>
+        <v>339</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>304</v>
+        <v>340</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>305</v>
+        <v>341</v>
       </c>
       <c r="H81" t="s">
-        <v>306</v>
+        <v>342</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>307</v>
+        <v>343</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>148</v>
+        <v>344</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>308</v>
+        <v>345</v>
       </c>
       <c r="H82" t="s">
-        <v>309</v>
+        <v>346</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>237</v>
+        <v>347</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>156</v>
+        <v>348</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>310</v>
+        <v>349</v>
       </c>
       <c r="H83" t="s">
-        <v>311</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>312</v>
+        <v>351</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>203</v>
+        <v>352</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>248</v>
+        <v>67</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>313</v>
+        <v>353</v>
       </c>
       <c r="H84" t="s">
-        <v>314</v>
+        <v>354</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>315</v>
+        <v>355</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>240</v>
+        <v>356</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>316</v>
+        <v>357</v>
       </c>
       <c r="H85" t="s">
-        <v>317</v>
+        <v>358</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>304</v>
+        <v>359</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>289</v>
+        <v>360</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="H86" t="s">
-        <v>319</v>
+        <v>362</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>320</v>
+        <v>363</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>321</v>
+        <v>364</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>322</v>
+        <v>365</v>
       </c>
       <c r="H87" t="s">
-        <v>323</v>
+        <v>366</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>324</v>
+        <v>367</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>325</v>
+        <v>368</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>326</v>
+        <v>369</v>
       </c>
       <c r="H88" t="s">
-        <v>327</v>
+        <v>370</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>328</v>
+        <v>371</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>330</v>
+        <v>373</v>
       </c>
       <c r="H89" t="s">
-        <v>331</v>
+        <v>374</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>332</v>
+        <v>376</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>333</v>
+        <v>377</v>
       </c>
       <c r="H90" t="s">
-        <v>334</v>
+        <v>378</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>241</v>
+        <v>379</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>335</v>
+        <v>380</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>248</v>
+        <v>121</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>336</v>
+        <v>381</v>
       </c>
       <c r="H91" t="s">
-        <v>337</v>
+        <v>382</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>338</v>
+        <v>383</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>339</v>
+        <v>384</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>340</v>
+        <v>385</v>
       </c>
       <c r="H92" t="s">
-        <v>341</v>
+        <v>386</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>342</v>
+        <v>387</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>343</v>
+        <v>388</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>13</v>
+        <v>316</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>344</v>
+        <v>389</v>
       </c>
       <c r="H93" t="s">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>346</v>
+        <v>391</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>347</v>
+        <v>392</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>22</v>
+        <v>316</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>348</v>
+        <v>393</v>
       </c>
       <c r="H94" t="s">
-        <v>349</v>
+        <v>394</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>72</v>
+        <v>395</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>350</v>
+        <v>396</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>351</v>
+        <v>316</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>352</v>
+        <v>397</v>
       </c>
       <c r="H95" t="s">
-        <v>353</v>
+        <v>398</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>354</v>
+        <v>399</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>355</v>
+        <v>400</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>31</v>
+        <v>316</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>356</v>
+        <v>401</v>
       </c>
       <c r="H96" t="s">
-        <v>357</v>
+        <v>402</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>76</v>
+        <v>403</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>358</v>
+        <v>404</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>359</v>
+        <v>22</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>360</v>
+        <v>405</v>
       </c>
       <c r="H97" t="s">
-        <v>361</v>
+        <v>406</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>362</v>
+        <v>407</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>363</v>
+        <v>408</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>364</v>
+        <v>22</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>365</v>
+        <v>409</v>
       </c>
       <c r="H98" t="s">
-        <v>366</v>
+        <v>410</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>80</v>
+        <v>411</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>367</v>
+        <v>412</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>248</v>
+        <v>171</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>368</v>
+        <v>413</v>
       </c>
       <c r="H99" t="s">
-        <v>369</v>
+        <v>414</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>84</v>
+        <v>415</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>370</v>
+        <v>416</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>113</v>
+        <v>58</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>371</v>
+        <v>417</v>
       </c>
       <c r="H100" t="s">
-        <v>372</v>
+        <v>418</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>88</v>
+        <v>419</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>373</v>
+        <v>420</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>364</v>
+        <v>76</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>374</v>
+        <v>421</v>
       </c>
       <c r="H101" t="s">
-        <v>375</v>
+        <v>422</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>376</v>
+        <v>423</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>377</v>
+        <v>424</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>378</v>
+        <v>76</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>379</v>
+        <v>425</v>
       </c>
       <c r="H102" t="s">
-        <v>380</v>
+        <v>426</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>381</v>
+        <v>427</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>382</v>
+        <v>428</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>351</v>
+        <v>121</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>383</v>
+        <v>429</v>
       </c>
       <c r="H103" t="s">
-        <v>384</v>
+        <v>430</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>385</v>
+        <v>431</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>386</v>
+        <v>432</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>359</v>
+        <v>121</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>387</v>
+        <v>433</v>
       </c>
       <c r="H104" t="s">
-        <v>388</v>
+        <v>434</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>389</v>
+        <v>435</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>390</v>
+        <v>436</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>248</v>
+        <v>67</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>391</v>
+        <v>437</v>
       </c>
       <c r="H105" t="s">
-        <v>392</v>
+        <v>438</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>92</v>
+        <v>439</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>393</v>
+        <v>440</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>394</v>
+        <v>441</v>
       </c>
       <c r="H106" t="s">
-        <v>395</v>
+        <v>442</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>96</v>
+        <v>443</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>396</v>
+        <v>444</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>397</v>
+        <v>445</v>
       </c>
       <c r="H107" t="s">
-        <v>398</v>
+        <v>446</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>399</v>
+        <v>447</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>400</v>
+        <v>448</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>401</v>
+        <v>449</v>
       </c>
       <c r="H108" t="s">
-        <v>402</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>403</v>
+        <v>451</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>404</v>
+        <v>452</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>405</v>
+        <v>453</v>
       </c>
       <c r="H109" t="s">
-        <v>406</v>
+        <v>454</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>100</v>
+        <v>455</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>407</v>
+        <v>456</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>408</v>
+        <v>457</v>
       </c>
       <c r="H110" t="s">
-        <v>409</v>
+        <v>458</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>104</v>
+        <v>459</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>410</v>
+        <v>460</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>378</v>
+        <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>411</v>
+        <v>461</v>
       </c>
       <c r="H111" t="s">
-        <v>412</v>
+        <v>462</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>413</v>
+        <v>463</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>414</v>
+        <v>464</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>415</v>
+        <v>465</v>
       </c>
       <c r="H112" t="s">
-        <v>416</v>
+        <v>466</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>417</v>
+        <v>467</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>418</v>
+        <v>468</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>419</v>
+        <v>469</v>
       </c>
       <c r="H113" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>108</v>
+        <v>471</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>421</v>
+        <v>472</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>248</v>
+        <v>22</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>422</v>
+        <v>473</v>
       </c>
       <c r="H114" t="s">
-        <v>423</v>
+        <v>474</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>112</v>
+        <v>475</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>424</v>
+        <v>476</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>364</v>
+        <v>40</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>425</v>
+        <v>477</v>
       </c>
       <c r="H115" t="s">
-        <v>426</v>
+        <v>478</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>427</v>
+        <v>479</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>428</v>
+        <v>480</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>429</v>
+        <v>196</v>
       </c>
       <c r="H116" t="s">
-        <v>430</v>
+        <v>481</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>431</v>
+        <v>482</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>432</v>
+        <v>483</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>359</v>
+        <v>171</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>433</v>
+        <v>484</v>
       </c>
       <c r="H117" t="s">
-        <v>434</v>
+        <v>485</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>117</v>
+        <v>486</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>435</v>
+        <v>487</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>436</v>
+        <v>488</v>
       </c>
       <c r="H118" t="s">
-        <v>437</v>
+        <v>489</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>121</v>
+        <v>490</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>438</v>
+        <v>491</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>113</v>
+        <v>58</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>439</v>
+        <v>492</v>
       </c>
       <c r="H119" t="s">
-        <v>440</v>
+        <v>493</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>441</v>
+        <v>494</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>442</v>
+        <v>495</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>351</v>
+        <v>121</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>443</v>
+        <v>496</v>
       </c>
       <c r="H120" t="s">
-        <v>444</v>
+        <v>497</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>445</v>
+        <v>498</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>446</v>
+        <v>119</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>378</v>
+        <v>31</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>447</v>
+        <v>499</v>
       </c>
       <c r="H121" t="s">
-        <v>448</v>
+        <v>500</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>449</v>
+        <v>501</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>450</v>
+        <v>222</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>451</v>
+        <v>502</v>
       </c>
       <c r="H122" t="s">
-        <v>452</v>
+        <v>503</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>453</v>
+        <v>504</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>454</v>
+        <v>226</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>364</v>
+        <v>134</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>455</v>
+        <v>505</v>
       </c>
       <c r="H123" t="s">
-        <v>456</v>
+        <v>506</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>125</v>
+        <v>507</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>457</v>
+        <v>294</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>52</v>
+        <v>316</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>458</v>
+        <v>508</v>
       </c>
       <c r="H124" t="s">
-        <v>459</v>
+        <v>509</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>129</v>
+        <v>510</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>460</v>
+        <v>298</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
-        <v>248</v>
+        <v>76</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>461</v>
+        <v>511</v>
       </c>
       <c r="H125" t="s">
-        <v>462</v>
+        <v>512</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>463</v>
+        <v>513</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>464</v>
+        <v>379</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>351</v>
+        <v>171</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>465</v>
+        <v>514</v>
       </c>
       <c r="H126" t="s">
-        <v>466</v>
+        <v>515</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>467</v>
+        <v>516</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>468</v>
+        <v>383</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>359</v>
+        <v>22</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>469</v>
+        <v>517</v>
       </c>
       <c r="H127" t="s">
-        <v>470</v>
+        <v>518</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>471</v>
+        <v>519</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>472</v>
+        <v>427</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>473</v>
+        <v>520</v>
       </c>
       <c r="H128" t="s">
-        <v>474</v>
+        <v>521</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>475</v>
+        <v>522</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>476</v>
+        <v>431</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>477</v>
+        <v>523</v>
       </c>
       <c r="H129" t="s">
-        <v>478</v>
+        <v>524</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>133</v>
+        <v>525</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>480</v>
+        <v>526</v>
       </c>
       <c r="H130" t="s">
-        <v>481</v>
+        <v>527</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>137</v>
+        <v>528</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>482</v>
+        <v>529</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>113</v>
+        <v>67</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>483</v>
+        <v>530</v>
       </c>
       <c r="H131" t="s">
-        <v>484</v>
+        <v>531</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>141</v>
+        <v>532</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>485</v>
+        <v>533</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>359</v>
+        <v>316</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>486</v>
+        <v>534</v>
       </c>
       <c r="H132" t="s">
-        <v>487</v>
+        <v>535</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>145</v>
+        <v>536</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>488</v>
+        <v>537</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>248</v>
+        <v>49</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>489</v>
+        <v>538</v>
       </c>
       <c r="H133" t="s">
-        <v>490</v>
+        <v>539</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>149</v>
+        <v>540</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>491</v>
+        <v>541</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>378</v>
+        <v>13</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>492</v>
+        <v>542</v>
       </c>
       <c r="H134" t="s">
-        <v>493</v>
+        <v>543</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>153</v>
+        <v>544</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>494</v>
+        <v>545</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>364</v>
+        <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>495</v>
+        <v>546</v>
       </c>
       <c r="H135" t="s">
-        <v>496</v>
+        <v>547</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>157</v>
+        <v>548</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>497</v>
+        <v>549</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>351</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>498</v>
+        <v>550</v>
       </c>
       <c r="H136" t="s">
-        <v>499</v>
+        <v>551</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>500</v>
+        <v>552</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>501</v>
+        <v>553</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>502</v>
+        <v>554</v>
       </c>
       <c r="H137" t="s">
-        <v>503</v>
+        <v>555</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>504</v>
+        <v>556</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>505</v>
+        <v>169</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>506</v>
+        <v>13</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>507</v>
+        <v>557</v>
       </c>
       <c r="H138" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>161</v>
+        <v>559</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>509</v>
+        <v>174</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>510</v>
+        <v>67</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>511</v>
+        <v>560</v>
       </c>
       <c r="H139" t="s">
-        <v>512</v>
+        <v>561</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>513</v>
+        <v>562</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>514</v>
+        <v>234</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>351</v>
+        <v>22</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>515</v>
+        <v>196</v>
       </c>
       <c r="H140" t="s">
-        <v>516</v>
+        <v>563</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>517</v>
+        <v>564</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>518</v>
+        <v>230</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>519</v>
+        <v>565</v>
       </c>
       <c r="H141" t="s">
-        <v>520</v>
+        <v>566</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>521</v>
+        <v>567</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>522</v>
+        <v>254</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>22</v>
+        <v>134</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>523</v>
+        <v>568</v>
       </c>
       <c r="H142" t="s">
-        <v>524</v>
+        <v>569</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>165</v>
+        <v>570</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>525</v>
+        <v>258</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>248</v>
+        <v>31</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>526</v>
+        <v>571</v>
       </c>
       <c r="H143" t="s">
-        <v>527</v>
+        <v>572</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>169</v>
+        <v>573</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>528</v>
+        <v>327</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>529</v>
+        <v>574</v>
       </c>
       <c r="H144" t="s">
-        <v>530</v>
+        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>173</v>
+        <v>576</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>531</v>
+        <v>331</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>378</v>
+        <v>40</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>532</v>
+        <v>577</v>
       </c>
       <c r="H145" t="s">
-        <v>533</v>
+        <v>578</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>177</v>
+        <v>529</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>534</v>
+        <v>411</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>359</v>
+        <v>121</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>535</v>
+        <v>579</v>
       </c>
       <c r="H146" t="s">
-        <v>536</v>
+        <v>580</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>537</v>
+        <v>581</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>538</v>
+        <v>482</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>506</v>
+        <v>49</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>539</v>
+        <v>582</v>
       </c>
       <c r="H147" t="s">
-        <v>540</v>
+        <v>583</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>541</v>
+        <v>584</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>364</v>
+        <v>49</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>543</v>
+        <v>585</v>
       </c>
       <c r="H148" t="s">
-        <v>544</v>
+        <v>586</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>545</v>
+        <v>587</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>546</v>
+        <v>564</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>547</v>
+        <v>588</v>
       </c>
       <c r="H149" t="s">
-        <v>548</v>
+        <v>589</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>181</v>
+        <v>590</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>549</v>
+        <v>591</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>550</v>
+        <v>592</v>
       </c>
       <c r="H150" t="s">
-        <v>551</v>
+        <v>593</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>552</v>
+        <v>594</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>553</v>
+        <v>595</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>554</v>
+        <v>596</v>
       </c>
       <c r="H151" t="s">
-        <v>555</v>
+        <v>597</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>556</v>
+        <v>591</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>557</v>
+        <v>598</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
-        <v>506</v>
+        <v>171</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>558</v>
+        <v>599</v>
       </c>
       <c r="H152" t="s">
-        <v>559</v>
+        <v>600</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>185</v>
+        <v>601</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>560</v>
+        <v>602</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
-        <v>248</v>
+        <v>22</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>561</v>
+        <v>603</v>
       </c>
       <c r="H153" t="s">
-        <v>562</v>
+        <v>604</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>563</v>
+        <v>605</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>564</v>
+        <v>606</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
         <v>31</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>565</v>
+        <v>607</v>
       </c>
       <c r="H154" t="s">
-        <v>566</v>
+        <v>608</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>567</v>
+        <v>609</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>568</v>
+        <v>610</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>569</v>
+        <v>611</v>
       </c>
       <c r="H155" t="s">
-        <v>570</v>
+        <v>612</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>189</v>
+        <v>613</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>571</v>
+        <v>614</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>359</v>
+        <v>40</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>572</v>
+        <v>615</v>
       </c>
       <c r="H156" t="s">
-        <v>573</v>
+        <v>616</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>193</v>
+        <v>617</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>574</v>
+        <v>618</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>113</v>
+        <v>316</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>575</v>
+        <v>619</v>
       </c>
       <c r="H157" t="s">
-        <v>576</v>
+        <v>620</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>577</v>
+        <v>621</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>578</v>
+        <v>622</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>351</v>
+        <v>40</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>579</v>
+        <v>623</v>
       </c>
       <c r="H158" t="s">
-        <v>580</v>
+        <v>624</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>581</v>
+        <v>625</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>582</v>
+        <v>626</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>378</v>
+        <v>134</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>583</v>
+        <v>627</v>
       </c>
       <c r="H159" t="s">
-        <v>584</v>
+        <v>628</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>197</v>
+        <v>629</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>585</v>
+        <v>630</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>364</v>
+        <v>22</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>586</v>
+        <v>631</v>
       </c>
       <c r="H160" t="s">
-        <v>587</v>
+        <v>632</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>321</v>
+        <v>633</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>588</v>
+        <v>634</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>351</v>
+        <v>49</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>589</v>
+        <v>635</v>
       </c>
       <c r="H161" t="s">
-        <v>590</v>
+        <v>636</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>591</v>
+        <v>637</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>592</v>
+        <v>638</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>364</v>
+        <v>76</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>593</v>
+        <v>639</v>
       </c>
       <c r="H162" t="s">
-        <v>594</v>
+        <v>640</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>325</v>
+        <v>595</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>595</v>
+        <v>65</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>596</v>
+        <v>641</v>
       </c>
       <c r="H163" t="s">
-        <v>597</v>
+        <v>642</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>329</v>
+        <v>643</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>598</v>
+        <v>70</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>599</v>
+        <v>644</v>
       </c>
       <c r="H164" t="s">
-        <v>600</v>
+        <v>645</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>601</v>
+        <v>622</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>602</v>
+        <v>161</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>359</v>
+        <v>646</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>603</v>
+        <v>647</v>
       </c>
       <c r="H165" t="s">
-        <v>604</v>
+        <v>648</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>605</v>
+        <v>533</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>606</v>
+        <v>165</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>248</v>
+        <v>121</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>607</v>
+        <v>649</v>
       </c>
       <c r="H166" t="s">
-        <v>608</v>
+        <v>650</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>332</v>
+        <v>651</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>609</v>
+        <v>190</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>378</v>
+        <v>316</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>610</v>
+        <v>652</v>
       </c>
       <c r="H167" t="s">
-        <v>611</v>
+        <v>653</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>335</v>
+        <v>654</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>612</v>
+        <v>310</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>506</v>
+        <v>67</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>613</v>
+        <v>655</v>
       </c>
       <c r="H168" t="s">
-        <v>614</v>
+        <v>656</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>339</v>
+        <v>657</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>615</v>
+        <v>351</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>616</v>
+        <v>658</v>
       </c>
       <c r="H169" t="s">
-        <v>617</v>
+        <v>659</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>660</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>355</v>
+      </c>
+      <c r="D170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" t="s">
+        <v>12</v>
+      </c>
+      <c r="F170" t="s">
+        <v>40</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H170" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>663</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>435</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>12</v>
+      </c>
+      <c r="F171" t="s">
+        <v>31</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H171" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>666</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>439</v>
+      </c>
+      <c r="D172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>12</v>
+      </c>
+      <c r="F172" t="s">
+        <v>134</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H172" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>669</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>479</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" t="s">
+        <v>12</v>
+      </c>
+      <c r="F173" t="s">
+        <v>22</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H173" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>626</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>528</v>
+      </c>
+      <c r="D174" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" t="s">
+        <v>12</v>
+      </c>
+      <c r="F174" t="s">
+        <v>646</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H174" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>674</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>559</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" t="s">
+        <v>12</v>
+      </c>
+      <c r="F175" t="s">
+        <v>49</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H175" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>677</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>609</v>
+      </c>
+      <c r="D176" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" t="s">
+        <v>12</v>
+      </c>
+      <c r="F176" t="s">
+        <v>58</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H176" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>537</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>654</v>
+      </c>
+      <c r="D177" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" t="s">
+        <v>12</v>
+      </c>
+      <c r="F177" t="s">
+        <v>121</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H177" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>682</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>682</v>
+      </c>
+      <c r="D178" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" t="s">
+        <v>12</v>
+      </c>
+      <c r="F178" t="s">
+        <v>67</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="H178" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>598</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>685</v>
+      </c>
+      <c r="D179" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" t="s">
+        <v>12</v>
+      </c>
+      <c r="F179" t="s">
+        <v>171</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H179" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>688</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>689</v>
+      </c>
+      <c r="D180" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" t="s">
+        <v>12</v>
+      </c>
+      <c r="F180" t="s">
+        <v>22</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H180" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>692</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>693</v>
+      </c>
+      <c r="D181" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" t="s">
+        <v>12</v>
+      </c>
+      <c r="F181" t="s">
+        <v>134</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H181" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>602</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>696</v>
+      </c>
+      <c r="D182" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" t="s">
+        <v>12</v>
+      </c>
+      <c r="F182" t="s">
+        <v>171</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H182" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>699</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>29</v>
+      </c>
+      <c r="D183" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" t="s">
+        <v>12</v>
+      </c>
+      <c r="F183" t="s">
+        <v>31</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H183" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>702</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>124</v>
+      </c>
+      <c r="D184" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" t="s">
+        <v>12</v>
+      </c>
+      <c r="F184" t="s">
+        <v>58</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H184" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>630</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>128</v>
+      </c>
+      <c r="D185" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
+        <v>12</v>
+      </c>
+      <c r="F185" t="s">
+        <v>646</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H185" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>707</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>210</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>12</v>
+      </c>
+      <c r="F186" t="s">
+        <v>49</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H186" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>541</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>278</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>12</v>
+      </c>
+      <c r="F187" t="s">
+        <v>121</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="H187" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>685</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>282</v>
+      </c>
+      <c r="D188" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" t="s">
+        <v>12</v>
+      </c>
+      <c r="F188" t="s">
+        <v>67</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H188" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>714</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>375</v>
+      </c>
+      <c r="D189" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" t="s">
+        <v>12</v>
+      </c>
+      <c r="F189" t="s">
+        <v>316</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H189" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>717</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>455</v>
+      </c>
+      <c r="D190" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" t="s">
+        <v>12</v>
+      </c>
+      <c r="F190" t="s">
+        <v>40</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H190" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>634</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>467</v>
+      </c>
+      <c r="D191" t="s">
+        <v>11</v>
+      </c>
+      <c r="E191" t="s">
+        <v>12</v>
+      </c>
+      <c r="F191" t="s">
+        <v>646</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H191" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>722</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>498</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" t="s">
+        <v>12</v>
+      </c>
+      <c r="F192" t="s">
+        <v>58</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="H192" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>725</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>570</v>
+      </c>
+      <c r="D193" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" t="s">
+        <v>12</v>
+      </c>
+      <c r="F193" t="s">
+        <v>22</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H193" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>728</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>605</v>
+      </c>
+      <c r="D194" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" t="s">
+        <v>12</v>
+      </c>
+      <c r="F194" t="s">
+        <v>31</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H194" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>545</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>663</v>
+      </c>
+      <c r="D195" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" t="s">
+        <v>12</v>
+      </c>
+      <c r="F195" t="s">
+        <v>121</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H195" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>733</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>699</v>
+      </c>
+      <c r="D196" t="s">
+        <v>11</v>
+      </c>
+      <c r="E196" t="s">
+        <v>12</v>
+      </c>
+      <c r="F196" t="s">
+        <v>49</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H196" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>689</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>728</v>
+      </c>
+      <c r="D197" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" t="s">
+        <v>12</v>
+      </c>
+      <c r="F197" t="s">
+        <v>67</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H197" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>606</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>738</v>
+      </c>
+      <c r="D198" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" t="s">
+        <v>12</v>
+      </c>
+      <c r="F198" t="s">
+        <v>171</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H198" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>741</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>742</v>
+      </c>
+      <c r="D199" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" t="s">
+        <v>12</v>
+      </c>
+      <c r="F199" t="s">
+        <v>76</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H199" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>745</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>314</v>
+      </c>
+      <c r="D200" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" t="s">
+        <v>12</v>
+      </c>
+      <c r="F200" t="s">
+        <v>134</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H200" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>748</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>387</v>
+      </c>
+      <c r="D201" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" t="s">
+        <v>12</v>
+      </c>
+      <c r="F201" t="s">
+        <v>22</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H201" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>549</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>391</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" t="s">
+        <v>12</v>
+      </c>
+      <c r="F202" t="s">
+        <v>121</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H202" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>753</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>395</v>
+      </c>
+      <c r="D203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" t="s">
+        <v>12</v>
+      </c>
+      <c r="F203" t="s">
+        <v>40</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="H203" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>610</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>399</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>12</v>
+      </c>
+      <c r="F204" t="s">
+        <v>171</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H204" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>638</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>507</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" t="s">
+        <v>12</v>
+      </c>
+      <c r="F205" t="s">
+        <v>646</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="H205" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>760</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>532</v>
+      </c>
+      <c r="D206" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" t="s">
+        <v>12</v>
+      </c>
+      <c r="F206" t="s">
+        <v>76</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H206" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>693</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>617</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
+        <v>12</v>
+      </c>
+      <c r="F207" t="s">
+        <v>67</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H207" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>765</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>651</v>
+      </c>
+      <c r="D208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" t="s">
+        <v>12</v>
+      </c>
+      <c r="F208" t="s">
+        <v>58</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H208" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>738</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>714</v>
+      </c>
+      <c r="D209" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" t="s">
+        <v>12</v>
+      </c>
+      <c r="F209" t="s">
+        <v>31</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H209" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>770</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>771</v>
+      </c>
+      <c r="D210" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" t="s">
+        <v>12</v>
+      </c>
+      <c r="F210" t="s">
+        <v>76</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H210" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>771</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>774</v>
+      </c>
+      <c r="D211" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" t="s">
+        <v>12</v>
+      </c>
+      <c r="F211" t="s">
+        <v>316</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H211" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>777</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>778</v>
+      </c>
+      <c r="D212" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" t="s">
+        <v>12</v>
+      </c>
+      <c r="F212" t="s">
+        <v>134</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H212" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>742</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>781</v>
+      </c>
+      <c r="D213" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" t="s">
+        <v>12</v>
+      </c>
+      <c r="F213" t="s">
+        <v>31</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H213" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>553</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>784</v>
+      </c>
+      <c r="D214" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" t="s">
+        <v>12</v>
+      </c>
+      <c r="F214" t="s">
+        <v>121</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H214" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>787</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>788</v>
+      </c>
+      <c r="D215" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" t="s">
+        <v>12</v>
+      </c>
+      <c r="F215" t="s">
+        <v>40</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H215" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>791</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>792</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>12</v>
+      </c>
+      <c r="F216" t="s">
+        <v>22</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H216" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>696</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>795</v>
+      </c>
+      <c r="D217" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" t="s">
+        <v>12</v>
+      </c>
+      <c r="F217" t="s">
+        <v>67</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H217" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
         <v>618</v>
       </c>
-      <c r="B170" t="s">
-[...17 lines deleted...]
-      <c r="H170" t="s">
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>798</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" t="s">
+        <v>12</v>
+      </c>
+      <c r="F218" t="s">
+        <v>646</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H218" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>614</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>801</v>
+      </c>
+      <c r="D219" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" t="s">
+        <v>12</v>
+      </c>
+      <c r="F219" t="s">
+        <v>171</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="H219" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>804</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>805</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>12</v>
+      </c>
+      <c r="F220" t="s">
+        <v>49</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H220" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>239</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>415</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>12</v>
+      </c>
+      <c r="F221" t="s">
+        <v>31</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H221" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>243</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>443</v>
+      </c>
+      <c r="D222" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" t="s">
+        <v>12</v>
+      </c>
+      <c r="F222" t="s">
+        <v>67</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H222" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>227</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>490</v>
+      </c>
+      <c r="D223" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" t="s">
+        <v>12</v>
+      </c>
+      <c r="F223" t="s">
+        <v>49</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="H223" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>231</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>525</v>
+      </c>
+      <c r="D224" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" t="s">
+        <v>12</v>
+      </c>
+      <c r="F224" t="s">
+        <v>121</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H224" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>235</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>594</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" t="s">
+        <v>12</v>
+      </c>
+      <c r="F225" t="s">
+        <v>58</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H225" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>247</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>643</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" t="s">
+        <v>12</v>
+      </c>
+      <c r="F226" t="s">
+        <v>40</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H226" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>251</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>677</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>12</v>
+      </c>
+      <c r="F227" t="s">
+        <v>646</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H227" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>255</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>702</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" t="s">
+        <v>12</v>
+      </c>
+      <c r="F228" t="s">
+        <v>316</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H228" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>259</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>722</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" t="s">
+        <v>12</v>
+      </c>
+      <c r="F229" t="s">
+        <v>40</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H229" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>263</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>765</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>12</v>
+      </c>
+      <c r="F230" t="s">
+        <v>22</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H230" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>267</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>132</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" t="s">
+        <v>12</v>
+      </c>
+      <c r="F231" t="s">
+        <v>49</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H231" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>271</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>137</v>
+      </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" t="s">
+        <v>12</v>
+      </c>
+      <c r="F232" t="s">
+        <v>58</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H232" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>275</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>447</v>
+      </c>
+      <c r="D233" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" t="s">
+        <v>12</v>
+      </c>
+      <c r="F233" t="s">
+        <v>646</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="H233" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>279</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>451</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" t="s">
+        <v>12</v>
+      </c>
+      <c r="F234" t="s">
+        <v>31</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H234" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>283</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>504</v>
+      </c>
+      <c r="D235" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" t="s">
+        <v>12</v>
+      </c>
+      <c r="F235" t="s">
+        <v>121</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H235" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>287</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>522</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" t="s">
+        <v>12</v>
+      </c>
+      <c r="F236" t="s">
+        <v>67</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H236" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>291</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>567</v>
+      </c>
+      <c r="D237" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" t="s">
+        <v>12</v>
+      </c>
+      <c r="F237" t="s">
+        <v>171</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="H237" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>295</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>625</v>
+      </c>
+      <c r="D238" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" t="s">
+        <v>12</v>
+      </c>
+      <c r="F238" t="s">
+        <v>316</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H238" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>299</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>666</v>
+      </c>
+      <c r="D239" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" t="s">
+        <v>12</v>
+      </c>
+      <c r="F239" t="s">
+        <v>22</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H239" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>303</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>692</v>
+      </c>
+      <c r="D240" t="s">
+        <v>11</v>
+      </c>
+      <c r="E240" t="s">
+        <v>12</v>
+      </c>
+      <c r="F240" t="s">
+        <v>171</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H240" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>307</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>745</v>
+      </c>
+      <c r="D241" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" t="s">
+        <v>12</v>
+      </c>
+      <c r="F241" t="s">
+        <v>31</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="H241" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>311</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>777</v>
+      </c>
+      <c r="D242" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" t="s">
+        <v>12</v>
+      </c>
+      <c r="F242" t="s">
+        <v>646</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H242" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>315</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>47</v>
+      </c>
+      <c r="D243" t="s">
+        <v>11</v>
+      </c>
+      <c r="E243" t="s">
+        <v>12</v>
+      </c>
+      <c r="F243" t="s">
+        <v>40</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="H243" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>320</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>52</v>
+      </c>
+      <c r="D244" t="s">
+        <v>11</v>
+      </c>
+      <c r="E244" t="s">
+        <v>12</v>
+      </c>
+      <c r="F244" t="s">
+        <v>67</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="H244" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>324</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>153</v>
+      </c>
+      <c r="D245" t="s">
+        <v>11</v>
+      </c>
+      <c r="E245" t="s">
+        <v>12</v>
+      </c>
+      <c r="F245" t="s">
+        <v>58</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="H245" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>328</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>157</v>
+      </c>
+      <c r="D246" t="s">
+        <v>11</v>
+      </c>
+      <c r="E246" t="s">
+        <v>12</v>
+      </c>
+      <c r="F246" t="s">
+        <v>121</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H246" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>332</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>182</v>
+      </c>
+      <c r="D247" t="s">
+        <v>11</v>
+      </c>
+      <c r="E247" t="s">
+        <v>12</v>
+      </c>
+      <c r="F247" t="s">
+        <v>316</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="H247" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>336</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>186</v>
+      </c>
+      <c r="D248" t="s">
+        <v>11</v>
+      </c>
+      <c r="E248" t="s">
+        <v>12</v>
+      </c>
+      <c r="F248" t="s">
+        <v>49</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H248" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>340</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>286</v>
+      </c>
+      <c r="D249" t="s">
+        <v>11</v>
+      </c>
+      <c r="E249" t="s">
+        <v>12</v>
+      </c>
+      <c r="F249" t="s">
+        <v>22</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="H249" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>344</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>359</v>
+      </c>
+      <c r="D250" t="s">
+        <v>11</v>
+      </c>
+      <c r="E250" t="s">
+        <v>12</v>
+      </c>
+      <c r="F250" t="s">
+        <v>31</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H250" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>348</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>363</v>
+      </c>
+      <c r="D251" t="s">
+        <v>11</v>
+      </c>
+      <c r="E251" t="s">
+        <v>12</v>
+      </c>
+      <c r="F251" t="s">
+        <v>40</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H251" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>352</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>501</v>
+      </c>
+      <c r="D252" t="s">
+        <v>11</v>
+      </c>
+      <c r="E252" t="s">
+        <v>12</v>
+      </c>
+      <c r="F252" t="s">
+        <v>171</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H252" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>356</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>536</v>
+      </c>
+      <c r="D253" t="s">
+        <v>11</v>
+      </c>
+      <c r="E253" t="s">
+        <v>12</v>
+      </c>
+      <c r="F253" t="s">
+        <v>646</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H253" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>360</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>581</v>
+      </c>
+      <c r="D254" t="s">
+        <v>11</v>
+      </c>
+      <c r="E254" t="s">
+        <v>12</v>
+      </c>
+      <c r="F254" t="s">
+        <v>49</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H254" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>364</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>584</v>
+      </c>
+      <c r="D255" t="s">
+        <v>11</v>
+      </c>
+      <c r="E255" t="s">
+        <v>12</v>
+      </c>
+      <c r="F255" t="s">
+        <v>58</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H255" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>368</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>290</v>
+      </c>
+      <c r="D256" t="s">
+        <v>11</v>
+      </c>
+      <c r="E256" t="s">
+        <v>12</v>
+      </c>
+      <c r="F256" t="s">
+        <v>121</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H256" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>372</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>633</v>
+      </c>
+      <c r="D257" t="s">
+        <v>11</v>
+      </c>
+      <c r="E257" t="s">
+        <v>12</v>
+      </c>
+      <c r="F257" t="s">
+        <v>67</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H257" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>376</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>674</v>
+      </c>
+      <c r="D258" t="s">
+        <v>11</v>
+      </c>
+      <c r="E258" t="s">
+        <v>12</v>
+      </c>
+      <c r="F258" t="s">
+        <v>171</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H258" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>380</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>707</v>
+      </c>
+      <c r="D259" t="s">
+        <v>11</v>
+      </c>
+      <c r="E259" t="s">
+        <v>12</v>
+      </c>
+      <c r="F259" t="s">
+        <v>316</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H259" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>384</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>733</v>
+      </c>
+      <c r="D260" t="s">
+        <v>11</v>
+      </c>
+      <c r="E260" t="s">
+        <v>12</v>
+      </c>
+      <c r="F260" t="s">
+        <v>58</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H260" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>388</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>804</v>
+      </c>
+      <c r="D261" t="s">
+        <v>11</v>
+      </c>
+      <c r="E261" t="s">
+        <v>12</v>
+      </c>
+      <c r="F261" t="s">
+        <v>646</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H261" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>392</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>20</v>
+      </c>
+      <c r="D262" t="s">
+        <v>11</v>
+      </c>
+      <c r="E262" t="s">
+        <v>12</v>
+      </c>
+      <c r="F262" t="s">
+        <v>22</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H262" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>396</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>25</v>
+      </c>
+      <c r="D263" t="s">
+        <v>11</v>
+      </c>
+      <c r="E263" t="s">
+        <v>12</v>
+      </c>
+      <c r="F263" t="s">
+        <v>40</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H263" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>400</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>87</v>
+      </c>
+      <c r="D264" t="s">
+        <v>11</v>
+      </c>
+      <c r="E264" t="s">
+        <v>12</v>
+      </c>
+      <c r="F264" t="s">
+        <v>49</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H264" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>404</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>91</v>
+      </c>
+      <c r="D265" t="s">
+        <v>11</v>
+      </c>
+      <c r="E265" t="s">
+        <v>12</v>
+      </c>
+      <c r="F265" t="s">
+        <v>31</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H265" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>408</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>238</v>
+      </c>
+      <c r="D266" t="s">
+        <v>11</v>
+      </c>
+      <c r="E266" t="s">
+        <v>12</v>
+      </c>
+      <c r="F266" t="s">
+        <v>898</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="H266" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>412</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>242</v>
+      </c>
+      <c r="D267" t="s">
+        <v>11</v>
+      </c>
+      <c r="E267" t="s">
+        <v>12</v>
+      </c>
+      <c r="F267" t="s">
+        <v>901</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H267" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>416</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>246</v>
+      </c>
+      <c r="D268" t="s">
+        <v>11</v>
+      </c>
+      <c r="E268" t="s">
+        <v>12</v>
+      </c>
+      <c r="F268" t="s">
+        <v>49</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H268" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>420</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>319</v>
+      </c>
+      <c r="D269" t="s">
+        <v>11</v>
+      </c>
+      <c r="E269" t="s">
+        <v>12</v>
+      </c>
+      <c r="F269" t="s">
+        <v>171</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H269" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>424</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>250</v>
+      </c>
+      <c r="D270" t="s">
+        <v>11</v>
+      </c>
+      <c r="E270" t="s">
+        <v>12</v>
+      </c>
+      <c r="F270" t="s">
+        <v>67</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="H270" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>428</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>323</v>
+      </c>
+      <c r="D271" t="s">
+        <v>11</v>
+      </c>
+      <c r="E271" t="s">
+        <v>12</v>
+      </c>
+      <c r="F271" t="s">
+        <v>646</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H271" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>432</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>403</v>
+      </c>
+      <c r="D272" t="s">
+        <v>11</v>
+      </c>
+      <c r="E272" t="s">
+        <v>12</v>
+      </c>
+      <c r="F272" t="s">
+        <v>316</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="H272" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>436</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>407</v>
+      </c>
+      <c r="D273" t="s">
+        <v>11</v>
+      </c>
+      <c r="E273" t="s">
+        <v>12</v>
+      </c>
+      <c r="F273" t="s">
+        <v>22</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H273" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>440</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>471</v>
+      </c>
+      <c r="D274" t="s">
+        <v>11</v>
+      </c>
+      <c r="E274" t="s">
+        <v>12</v>
+      </c>
+      <c r="F274" t="s">
+        <v>58</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H274" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>444</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>516</v>
+      </c>
+      <c r="D275" t="s">
+        <v>11</v>
+      </c>
+      <c r="E275" t="s">
+        <v>12</v>
+      </c>
+      <c r="F275" t="s">
+        <v>898</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="H275" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>448</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>562</v>
+      </c>
+      <c r="D276" t="s">
+        <v>11</v>
+      </c>
+      <c r="E276" t="s">
+        <v>12</v>
+      </c>
+      <c r="F276" t="s">
+        <v>40</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H276" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>452</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>601</v>
+      </c>
+      <c r="D277" t="s">
+        <v>11</v>
+      </c>
+      <c r="E277" t="s">
+        <v>12</v>
+      </c>
+      <c r="F277" t="s">
+        <v>31</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="H277" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>456</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>629</v>
+      </c>
+      <c r="D278" t="s">
+        <v>11</v>
+      </c>
+      <c r="E278" t="s">
+        <v>12</v>
+      </c>
+      <c r="F278" t="s">
+        <v>121</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H278" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>460</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>669</v>
+      </c>
+      <c r="D279" t="s">
+        <v>11</v>
+      </c>
+      <c r="E279" t="s">
+        <v>12</v>
+      </c>
+      <c r="F279" t="s">
+        <v>171</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="H279" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>464</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>688</v>
+      </c>
+      <c r="D280" t="s">
+        <v>11</v>
+      </c>
+      <c r="E280" t="s">
+        <v>12</v>
+      </c>
+      <c r="F280" t="s">
+        <v>898</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H280" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>468</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>725</v>
+      </c>
+      <c r="D281" t="s">
+        <v>11</v>
+      </c>
+      <c r="E281" t="s">
+        <v>12</v>
+      </c>
+      <c r="F281" t="s">
+        <v>646</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="H281" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>472</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>748</v>
+      </c>
+      <c r="D282" t="s">
+        <v>11</v>
+      </c>
+      <c r="E282" t="s">
+        <v>12</v>
+      </c>
+      <c r="F282" t="s">
+        <v>121</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H282" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>476</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>791</v>
+      </c>
+      <c r="D283" t="s">
+        <v>11</v>
+      </c>
+      <c r="E283" t="s">
+        <v>12</v>
+      </c>
+      <c r="F283" t="s">
+        <v>67</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="H283" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>480</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>936</v>
+      </c>
+      <c r="D284" t="s">
+        <v>11</v>
+      </c>
+      <c r="E284" t="s">
+        <v>12</v>
+      </c>
+      <c r="F284" t="s">
+        <v>58</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H284" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>483</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>939</v>
+      </c>
+      <c r="D285" t="s">
+        <v>11</v>
+      </c>
+      <c r="E285" t="s">
+        <v>12</v>
+      </c>
+      <c r="F285" t="s">
+        <v>316</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H285" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>487</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>942</v>
+      </c>
+      <c r="D286" t="s">
+        <v>11</v>
+      </c>
+      <c r="E286" t="s">
+        <v>12</v>
+      </c>
+      <c r="F286" t="s">
+        <v>49</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="H286" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>491</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>945</v>
+      </c>
+      <c r="D287" t="s">
+        <v>11</v>
+      </c>
+      <c r="E287" t="s">
+        <v>12</v>
+      </c>
+      <c r="F287" t="s">
+        <v>22</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="H287" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>495</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>948</v>
+      </c>
+      <c r="D288" t="s">
+        <v>11</v>
+      </c>
+      <c r="E288" t="s">
+        <v>12</v>
+      </c>
+      <c r="F288" t="s">
+        <v>40</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="H288" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>774</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>951</v>
+      </c>
+      <c r="D289" t="s">
+        <v>11</v>
+      </c>
+      <c r="E289" t="s">
+        <v>12</v>
+      </c>
+      <c r="F289" t="s">
+        <v>49</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="H289" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>778</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>954</v>
+      </c>
+      <c r="D290" t="s">
+        <v>11</v>
+      </c>
+      <c r="E290" t="s">
+        <v>12</v>
+      </c>
+      <c r="F290" t="s">
+        <v>40</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="H290" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>781</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>957</v>
+      </c>
+      <c r="D291" t="s">
+        <v>11</v>
+      </c>
+      <c r="E291" t="s">
+        <v>12</v>
+      </c>
+      <c r="F291" t="s">
+        <v>316</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="H291" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>784</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>960</v>
+      </c>
+      <c r="D292" t="s">
+        <v>11</v>
+      </c>
+      <c r="E292" t="s">
+        <v>12</v>
+      </c>
+      <c r="F292" t="s">
+        <v>67</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H292" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>788</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>963</v>
+      </c>
+      <c r="D293" t="s">
+        <v>11</v>
+      </c>
+      <c r="E293" t="s">
+        <v>12</v>
+      </c>
+      <c r="F293" t="s">
+        <v>58</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="H293" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>792</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>38</v>
+      </c>
+      <c r="D294" t="s">
+        <v>11</v>
+      </c>
+      <c r="E294" t="s">
+        <v>12</v>
+      </c>
+      <c r="F294" t="s">
+        <v>646</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="H294" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>795</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>43</v>
+      </c>
+      <c r="D295" t="s">
+        <v>11</v>
+      </c>
+      <c r="E295" t="s">
+        <v>12</v>
+      </c>
+      <c r="F295" t="s">
+        <v>22</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H295" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>798</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>103</v>
+      </c>
+      <c r="D296" t="s">
+        <v>11</v>
+      </c>
+      <c r="E296" t="s">
+        <v>12</v>
+      </c>
+      <c r="F296" t="s">
+        <v>898</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="H296" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>801</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>107</v>
+      </c>
+      <c r="D297" t="s">
+        <v>11</v>
+      </c>
+      <c r="E297" t="s">
+        <v>12</v>
+      </c>
+      <c r="F297" t="s">
+        <v>121</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="H297" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>805</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>194</v>
+      </c>
+      <c r="D298" t="s">
+        <v>11</v>
+      </c>
+      <c r="E298" t="s">
+        <v>12</v>
+      </c>
+      <c r="F298" t="s">
+        <v>31</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="H298" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>936</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>198</v>
+      </c>
+      <c r="D299" t="s">
+        <v>11</v>
+      </c>
+      <c r="E299" t="s">
+        <v>12</v>
+      </c>
+      <c r="F299" t="s">
+        <v>40</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="H299" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>939</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>262</v>
+      </c>
+      <c r="D300" t="s">
+        <v>11</v>
+      </c>
+      <c r="E300" t="s">
+        <v>12</v>
+      </c>
+      <c r="F300" t="s">
+        <v>67</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="H300" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>942</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>266</v>
+      </c>
+      <c r="D301" t="s">
+        <v>11</v>
+      </c>
+      <c r="E301" t="s">
+        <v>12</v>
+      </c>
+      <c r="F301" t="s">
+        <v>646</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H301" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>945</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>335</v>
+      </c>
+      <c r="D302" t="s">
+        <v>11</v>
+      </c>
+      <c r="E302" t="s">
+        <v>12</v>
+      </c>
+      <c r="F302" t="s">
+        <v>121</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="H302" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>948</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>339</v>
+      </c>
+      <c r="D303" t="s">
+        <v>11</v>
+      </c>
+      <c r="E303" t="s">
+        <v>12</v>
+      </c>
+      <c r="F303" t="s">
+        <v>316</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="H303" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>951</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>475</v>
+      </c>
+      <c r="D304" t="s">
+        <v>11</v>
+      </c>
+      <c r="E304" t="s">
+        <v>12</v>
+      </c>
+      <c r="F304" t="s">
+        <v>49</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H304" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>954</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>576</v>
+      </c>
+      <c r="D305" t="s">
+        <v>11</v>
+      </c>
+      <c r="E305" t="s">
+        <v>12</v>
+      </c>
+      <c r="F305" t="s">
+        <v>22</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="H305" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>957</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>613</v>
+      </c>
+      <c r="D306" t="s">
+        <v>11</v>
+      </c>
+      <c r="E306" t="s">
+        <v>12</v>
+      </c>
+      <c r="F306" t="s">
+        <v>898</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="H306" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>960</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
         <v>621</v>
+      </c>
+      <c r="D307" t="s">
+        <v>11</v>
+      </c>
+      <c r="E307" t="s">
+        <v>12</v>
+      </c>
+      <c r="F307" t="s">
+        <v>171</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="H307" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>963</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>660</v>
+      </c>
+      <c r="D308" t="s">
+        <v>11</v>
+      </c>
+      <c r="E308" t="s">
+        <v>12</v>
+      </c>
+      <c r="F308" t="s">
+        <v>901</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="H308" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>996</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>717</v>
+      </c>
+      <c r="D309" t="s">
+        <v>11</v>
+      </c>
+      <c r="E309" t="s">
+        <v>12</v>
+      </c>
+      <c r="F309" t="s">
+        <v>58</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="H309" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>999</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>753</v>
+      </c>
+      <c r="D310" t="s">
+        <v>11</v>
+      </c>
+      <c r="E310" t="s">
+        <v>12</v>
+      </c>
+      <c r="F310" t="s">
+        <v>22</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>787</v>
+      </c>
+      <c r="D311" t="s">
+        <v>11</v>
+      </c>
+      <c r="E311" t="s">
+        <v>12</v>
+      </c>
+      <c r="F311" t="s">
+        <v>898</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D312" t="s">
+        <v>11</v>
+      </c>
+      <c r="E312" t="s">
+        <v>12</v>
+      </c>
+      <c r="F312" t="s">
+        <v>316</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D313" t="s">
+        <v>11</v>
+      </c>
+      <c r="E313" t="s">
+        <v>12</v>
+      </c>
+      <c r="F313" t="s">
+        <v>67</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D314" t="s">
+        <v>11</v>
+      </c>
+      <c r="E314" t="s">
+        <v>12</v>
+      </c>
+      <c r="F314" t="s">
+        <v>171</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D315" t="s">
+        <v>11</v>
+      </c>
+      <c r="E315" t="s">
+        <v>12</v>
+      </c>
+      <c r="F315" t="s">
+        <v>40</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D316" t="s">
+        <v>11</v>
+      </c>
+      <c r="E316" t="s">
+        <v>12</v>
+      </c>
+      <c r="F316" t="s">
+        <v>49</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D317" t="s">
+        <v>11</v>
+      </c>
+      <c r="E317" t="s">
+        <v>12</v>
+      </c>
+      <c r="F317" t="s">
+        <v>646</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D318" t="s">
+        <v>11</v>
+      </c>
+      <c r="E318" t="s">
+        <v>12</v>
+      </c>
+      <c r="F318" t="s">
+        <v>646</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D319" t="s">
+        <v>11</v>
+      </c>
+      <c r="E319" t="s">
+        <v>12</v>
+      </c>
+      <c r="F319" t="s">
+        <v>40</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D320" t="s">
+        <v>11</v>
+      </c>
+      <c r="E320" t="s">
+        <v>12</v>
+      </c>
+      <c r="F320" t="s">
+        <v>49</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D321" t="s">
+        <v>11</v>
+      </c>
+      <c r="E321" t="s">
+        <v>12</v>
+      </c>
+      <c r="F321" t="s">
+        <v>31</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D322" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" t="s">
+        <v>12</v>
+      </c>
+      <c r="F322" t="s">
+        <v>58</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D323" t="s">
+        <v>11</v>
+      </c>
+      <c r="E323" t="s">
+        <v>12</v>
+      </c>
+      <c r="F323" t="s">
+        <v>898</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D324" t="s">
+        <v>11</v>
+      </c>
+      <c r="E324" t="s">
+        <v>12</v>
+      </c>
+      <c r="F324" t="s">
+        <v>901</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D325" t="s">
+        <v>11</v>
+      </c>
+      <c r="E325" t="s">
+        <v>12</v>
+      </c>
+      <c r="F325" t="s">
+        <v>121</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D326" t="s">
+        <v>11</v>
+      </c>
+      <c r="E326" t="s">
+        <v>12</v>
+      </c>
+      <c r="F326" t="s">
+        <v>316</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D327" t="s">
+        <v>11</v>
+      </c>
+      <c r="E327" t="s">
+        <v>12</v>
+      </c>
+      <c r="F327" t="s">
+        <v>22</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D328" t="s">
+        <v>11</v>
+      </c>
+      <c r="E328" t="s">
+        <v>12</v>
+      </c>
+      <c r="F328" t="s">
+        <v>49</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D329" t="s">
+        <v>11</v>
+      </c>
+      <c r="E329" t="s">
+        <v>12</v>
+      </c>
+      <c r="F329" t="s">
+        <v>67</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D330" t="s">
+        <v>11</v>
+      </c>
+      <c r="E330" t="s">
+        <v>12</v>
+      </c>
+      <c r="F330" t="s">
+        <v>31</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D331" t="s">
+        <v>11</v>
+      </c>
+      <c r="E331" t="s">
+        <v>12</v>
+      </c>
+      <c r="F331" t="s">
+        <v>40</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D332" t="s">
+        <v>11</v>
+      </c>
+      <c r="E332" t="s">
+        <v>12</v>
+      </c>
+      <c r="F332" t="s">
+        <v>646</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D333" t="s">
+        <v>11</v>
+      </c>
+      <c r="E333" t="s">
+        <v>12</v>
+      </c>
+      <c r="F333" t="s">
+        <v>898</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D334" t="s">
+        <v>11</v>
+      </c>
+      <c r="E334" t="s">
+        <v>12</v>
+      </c>
+      <c r="F334" t="s">
+        <v>171</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D335" t="s">
+        <v>11</v>
+      </c>
+      <c r="E335" t="s">
+        <v>12</v>
+      </c>
+      <c r="F335" t="s">
+        <v>121</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D336" t="s">
+        <v>11</v>
+      </c>
+      <c r="E336" t="s">
+        <v>12</v>
+      </c>
+      <c r="F336" t="s">
+        <v>901</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D337" t="s">
+        <v>11</v>
+      </c>
+      <c r="E337" t="s">
+        <v>12</v>
+      </c>
+      <c r="F337" t="s">
+        <v>898</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D338" t="s">
+        <v>11</v>
+      </c>
+      <c r="E338" t="s">
+        <v>12</v>
+      </c>
+      <c r="F338" t="s">
+        <v>901</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D339" t="s">
+        <v>11</v>
+      </c>
+      <c r="E339" t="s">
+        <v>12</v>
+      </c>
+      <c r="F339" t="s">
+        <v>31</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D340" t="s">
+        <v>11</v>
+      </c>
+      <c r="E340" t="s">
+        <v>12</v>
+      </c>
+      <c r="F340" t="s">
+        <v>646</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D341" t="s">
+        <v>11</v>
+      </c>
+      <c r="E341" t="s">
+        <v>12</v>
+      </c>
+      <c r="F341" t="s">
+        <v>40</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D342" t="s">
+        <v>11</v>
+      </c>
+      <c r="E342" t="s">
+        <v>12</v>
+      </c>
+      <c r="F342" t="s">
+        <v>67</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D343" t="s">
+        <v>11</v>
+      </c>
+      <c r="E343" t="s">
+        <v>12</v>
+      </c>
+      <c r="F343" t="s">
+        <v>22</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D344" t="s">
+        <v>11</v>
+      </c>
+      <c r="E344" t="s">
+        <v>12</v>
+      </c>
+      <c r="F344" t="s">
+        <v>49</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D345" t="s">
+        <v>11</v>
+      </c>
+      <c r="E345" t="s">
+        <v>12</v>
+      </c>
+      <c r="F345" t="s">
+        <v>171</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D346" t="s">
+        <v>11</v>
+      </c>
+      <c r="E346" t="s">
+        <v>12</v>
+      </c>
+      <c r="F346" t="s">
+        <v>646</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D347" t="s">
+        <v>11</v>
+      </c>
+      <c r="E347" t="s">
+        <v>12</v>
+      </c>
+      <c r="F347" t="s">
+        <v>646</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D348" t="s">
+        <v>11</v>
+      </c>
+      <c r="E348" t="s">
+        <v>12</v>
+      </c>
+      <c r="F348" t="s">
+        <v>58</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D349" t="s">
+        <v>11</v>
+      </c>
+      <c r="E349" t="s">
+        <v>12</v>
+      </c>
+      <c r="F349" t="s">
+        <v>58</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D350" t="s">
+        <v>11</v>
+      </c>
+      <c r="E350" t="s">
+        <v>12</v>
+      </c>
+      <c r="F350" t="s">
+        <v>40</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>996</v>
+      </c>
+      <c r="D351" t="s">
+        <v>11</v>
+      </c>
+      <c r="E351" t="s">
+        <v>12</v>
+      </c>
+      <c r="F351" t="s">
+        <v>40</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>999</v>
+      </c>
+      <c r="D352" t="s">
+        <v>11</v>
+      </c>
+      <c r="E352" t="s">
+        <v>12</v>
+      </c>
+      <c r="F352" t="s">
+        <v>40</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D353" t="s">
+        <v>11</v>
+      </c>
+      <c r="E353" t="s">
+        <v>12</v>
+      </c>
+      <c r="F353" t="s">
+        <v>40</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D354" t="s">
+        <v>11</v>
+      </c>
+      <c r="E354" t="s">
+        <v>12</v>
+      </c>
+      <c r="F354" t="s">
+        <v>40</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D355" t="s">
+        <v>11</v>
+      </c>
+      <c r="E355" t="s">
+        <v>12</v>
+      </c>
+      <c r="F355" t="s">
+        <v>40</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D356" t="s">
+        <v>11</v>
+      </c>
+      <c r="E356" t="s">
+        <v>12</v>
+      </c>
+      <c r="F356" t="s">
+        <v>40</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D357" t="s">
+        <v>11</v>
+      </c>
+      <c r="E357" t="s">
+        <v>12</v>
+      </c>
+      <c r="F357" t="s">
+        <v>40</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D358" t="s">
+        <v>11</v>
+      </c>
+      <c r="E358" t="s">
+        <v>12</v>
+      </c>
+      <c r="F358" t="s">
+        <v>40</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D359" t="s">
+        <v>11</v>
+      </c>
+      <c r="E359" t="s">
+        <v>12</v>
+      </c>
+      <c r="F359" t="s">
+        <v>40</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D360" t="s">
+        <v>11</v>
+      </c>
+      <c r="E360" t="s">
+        <v>12</v>
+      </c>
+      <c r="F360" t="s">
+        <v>40</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D361" t="s">
+        <v>11</v>
+      </c>
+      <c r="E361" t="s">
+        <v>12</v>
+      </c>
+      <c r="F361" t="s">
+        <v>40</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D362" t="s">
+        <v>11</v>
+      </c>
+      <c r="E362" t="s">
+        <v>12</v>
+      </c>
+      <c r="F362" t="s">
+        <v>40</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D363" t="s">
+        <v>11</v>
+      </c>
+      <c r="E363" t="s">
+        <v>12</v>
+      </c>
+      <c r="F363" t="s">
+        <v>40</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D364" t="s">
+        <v>11</v>
+      </c>
+      <c r="E364" t="s">
+        <v>12</v>
+      </c>
+      <c r="F364" t="s">
+        <v>40</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D365" t="s">
+        <v>11</v>
+      </c>
+      <c r="E365" t="s">
+        <v>12</v>
+      </c>
+      <c r="F365" t="s">
+        <v>40</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D366" t="s">
+        <v>11</v>
+      </c>
+      <c r="E366" t="s">
+        <v>12</v>
+      </c>
+      <c r="F366" t="s">
+        <v>40</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D367" t="s">
+        <v>11</v>
+      </c>
+      <c r="E367" t="s">
+        <v>12</v>
+      </c>
+      <c r="F367" t="s">
+        <v>67</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D368" t="s">
+        <v>11</v>
+      </c>
+      <c r="E368" t="s">
+        <v>12</v>
+      </c>
+      <c r="F368" t="s">
+        <v>67</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D369" t="s">
+        <v>11</v>
+      </c>
+      <c r="E369" t="s">
+        <v>12</v>
+      </c>
+      <c r="F369" t="s">
+        <v>67</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D370" t="s">
+        <v>11</v>
+      </c>
+      <c r="E370" t="s">
+        <v>12</v>
+      </c>
+      <c r="F370" t="s">
+        <v>67</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D371" t="s">
+        <v>11</v>
+      </c>
+      <c r="E371" t="s">
+        <v>12</v>
+      </c>
+      <c r="F371" t="s">
+        <v>67</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D372" t="s">
+        <v>11</v>
+      </c>
+      <c r="E372" t="s">
+        <v>12</v>
+      </c>
+      <c r="F372" t="s">
+        <v>67</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D373" t="s">
+        <v>11</v>
+      </c>
+      <c r="E373" t="s">
+        <v>12</v>
+      </c>
+      <c r="F373" t="s">
+        <v>67</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D374" t="s">
+        <v>11</v>
+      </c>
+      <c r="E374" t="s">
+        <v>12</v>
+      </c>
+      <c r="F374" t="s">
+        <v>67</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D375" t="s">
+        <v>11</v>
+      </c>
+      <c r="E375" t="s">
+        <v>12</v>
+      </c>
+      <c r="F375" t="s">
+        <v>67</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D376" t="s">
+        <v>11</v>
+      </c>
+      <c r="E376" t="s">
+        <v>12</v>
+      </c>
+      <c r="F376" t="s">
+        <v>67</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D377" t="s">
+        <v>11</v>
+      </c>
+      <c r="E377" t="s">
+        <v>12</v>
+      </c>
+      <c r="F377" t="s">
+        <v>67</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D378" t="s">
+        <v>11</v>
+      </c>
+      <c r="E378" t="s">
+        <v>12</v>
+      </c>
+      <c r="F378" t="s">
+        <v>67</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D379" t="s">
+        <v>11</v>
+      </c>
+      <c r="E379" t="s">
+        <v>12</v>
+      </c>
+      <c r="F379" t="s">
+        <v>67</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D380" t="s">
+        <v>11</v>
+      </c>
+      <c r="E380" t="s">
+        <v>12</v>
+      </c>
+      <c r="F380" t="s">
+        <v>67</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D381" t="s">
+        <v>11</v>
+      </c>
+      <c r="E381" t="s">
+        <v>12</v>
+      </c>
+      <c r="F381" t="s">
+        <v>67</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D382" t="s">
+        <v>11</v>
+      </c>
+      <c r="E382" t="s">
+        <v>12</v>
+      </c>
+      <c r="F382" t="s">
+        <v>67</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D383" t="s">
+        <v>11</v>
+      </c>
+      <c r="E383" t="s">
+        <v>12</v>
+      </c>
+      <c r="F383" t="s">
+        <v>67</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D384" t="s">
+        <v>11</v>
+      </c>
+      <c r="E384" t="s">
+        <v>12</v>
+      </c>
+      <c r="F384" t="s">
+        <v>67</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D385" t="s">
+        <v>11</v>
+      </c>
+      <c r="E385" t="s">
+        <v>12</v>
+      </c>
+      <c r="F385" t="s">
+        <v>67</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D386" t="s">
+        <v>11</v>
+      </c>
+      <c r="E386" t="s">
+        <v>12</v>
+      </c>
+      <c r="F386" t="s">
+        <v>67</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D387" t="s">
+        <v>11</v>
+      </c>
+      <c r="E387" t="s">
+        <v>12</v>
+      </c>
+      <c r="F387" t="s">
+        <v>22</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D388" t="s">
+        <v>11</v>
+      </c>
+      <c r="E388" t="s">
+        <v>12</v>
+      </c>
+      <c r="F388" t="s">
+        <v>22</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D389" t="s">
+        <v>11</v>
+      </c>
+      <c r="E389" t="s">
+        <v>12</v>
+      </c>
+      <c r="F389" t="s">
+        <v>22</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D390" t="s">
+        <v>11</v>
+      </c>
+      <c r="E390" t="s">
+        <v>12</v>
+      </c>
+      <c r="F390" t="s">
+        <v>22</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D391" t="s">
+        <v>11</v>
+      </c>
+      <c r="E391" t="s">
+        <v>12</v>
+      </c>
+      <c r="F391" t="s">
+        <v>22</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D392" t="s">
+        <v>11</v>
+      </c>
+      <c r="E392" t="s">
+        <v>12</v>
+      </c>
+      <c r="F392" t="s">
+        <v>22</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D393" t="s">
+        <v>11</v>
+      </c>
+      <c r="E393" t="s">
+        <v>12</v>
+      </c>
+      <c r="F393" t="s">
+        <v>22</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D394" t="s">
+        <v>11</v>
+      </c>
+      <c r="E394" t="s">
+        <v>12</v>
+      </c>
+      <c r="F394" t="s">
+        <v>22</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D395" t="s">
+        <v>11</v>
+      </c>
+      <c r="E395" t="s">
+        <v>12</v>
+      </c>
+      <c r="F395" t="s">
+        <v>22</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D396" t="s">
+        <v>11</v>
+      </c>
+      <c r="E396" t="s">
+        <v>12</v>
+      </c>
+      <c r="F396" t="s">
+        <v>22</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D397" t="s">
+        <v>11</v>
+      </c>
+      <c r="E397" t="s">
+        <v>12</v>
+      </c>
+      <c r="F397" t="s">
+        <v>22</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D398" t="s">
+        <v>11</v>
+      </c>
+      <c r="E398" t="s">
+        <v>12</v>
+      </c>
+      <c r="F398" t="s">
+        <v>22</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D399" t="s">
+        <v>11</v>
+      </c>
+      <c r="E399" t="s">
+        <v>12</v>
+      </c>
+      <c r="F399" t="s">
+        <v>22</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D400" t="s">
+        <v>11</v>
+      </c>
+      <c r="E400" t="s">
+        <v>12</v>
+      </c>
+      <c r="F400" t="s">
+        <v>22</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D401" t="s">
+        <v>11</v>
+      </c>
+      <c r="E401" t="s">
+        <v>12</v>
+      </c>
+      <c r="F401" t="s">
+        <v>22</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D402" t="s">
+        <v>11</v>
+      </c>
+      <c r="E402" t="s">
+        <v>12</v>
+      </c>
+      <c r="F402" t="s">
+        <v>22</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D403" t="s">
+        <v>11</v>
+      </c>
+      <c r="E403" t="s">
+        <v>12</v>
+      </c>
+      <c r="F403" t="s">
+        <v>22</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D404" t="s">
+        <v>11</v>
+      </c>
+      <c r="E404" t="s">
+        <v>12</v>
+      </c>
+      <c r="F404" t="s">
+        <v>22</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D405" t="s">
+        <v>11</v>
+      </c>
+      <c r="E405" t="s">
+        <v>12</v>
+      </c>
+      <c r="F405" t="s">
+        <v>22</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D406" t="s">
+        <v>11</v>
+      </c>
+      <c r="E406" t="s">
+        <v>12</v>
+      </c>
+      <c r="F406" t="s">
+        <v>22</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D407" t="s">
+        <v>11</v>
+      </c>
+      <c r="E407" t="s">
+        <v>12</v>
+      </c>
+      <c r="F407" t="s">
+        <v>22</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>8</v>
+      </c>
+      <c r="D408" t="s">
+        <v>11</v>
+      </c>
+      <c r="E408" t="s">
+        <v>12</v>
+      </c>
+      <c r="F408" t="s">
+        <v>22</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>16</v>
+      </c>
+      <c r="D409" t="s">
+        <v>11</v>
+      </c>
+      <c r="E409" t="s">
+        <v>12</v>
+      </c>
+      <c r="F409" t="s">
+        <v>22</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>83</v>
+      </c>
+      <c r="D410" t="s">
+        <v>11</v>
+      </c>
+      <c r="E410" t="s">
+        <v>12</v>
+      </c>
+      <c r="F410" t="s">
+        <v>22</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>141</v>
+      </c>
+      <c r="D411" t="s">
+        <v>11</v>
+      </c>
+      <c r="E411" t="s">
+        <v>12</v>
+      </c>
+      <c r="F411" t="s">
+        <v>22</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>145</v>
+      </c>
+      <c r="D412" t="s">
+        <v>11</v>
+      </c>
+      <c r="E412" t="s">
+        <v>12</v>
+      </c>
+      <c r="F412" t="s">
+        <v>22</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>149</v>
+      </c>
+      <c r="D413" t="s">
+        <v>11</v>
+      </c>
+      <c r="E413" t="s">
+        <v>12</v>
+      </c>
+      <c r="F413" t="s">
+        <v>22</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>178</v>
+      </c>
+      <c r="D414" t="s">
+        <v>11</v>
+      </c>
+      <c r="E414" t="s">
+        <v>12</v>
+      </c>
+      <c r="F414" t="s">
+        <v>22</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>459</v>
+      </c>
+      <c r="D415" t="s">
+        <v>11</v>
+      </c>
+      <c r="E415" t="s">
+        <v>12</v>
+      </c>
+      <c r="F415" t="s">
+        <v>22</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>463</v>
+      </c>
+      <c r="D416" t="s">
+        <v>11</v>
+      </c>
+      <c r="E416" t="s">
+        <v>12</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>519</v>
+      </c>
+      <c r="D417" t="s">
+        <v>11</v>
+      </c>
+      <c r="E417" t="s">
+        <v>12</v>
+      </c>
+      <c r="F417" t="s">
+        <v>898</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>540</v>
+      </c>
+      <c r="D418" t="s">
+        <v>11</v>
+      </c>
+      <c r="E418" t="s">
+        <v>12</v>
+      </c>
+      <c r="F418" t="s">
+        <v>898</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>544</v>
+      </c>
+      <c r="D419" t="s">
+        <v>11</v>
+      </c>
+      <c r="E419" t="s">
+        <v>12</v>
+      </c>
+      <c r="F419" t="s">
+        <v>898</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>548</v>
+      </c>
+      <c r="D420" t="s">
+        <v>11</v>
+      </c>
+      <c r="E420" t="s">
+        <v>12</v>
+      </c>
+      <c r="F420" t="s">
+        <v>898</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>552</v>
+      </c>
+      <c r="D421" t="s">
+        <v>11</v>
+      </c>
+      <c r="E421" t="s">
+        <v>12</v>
+      </c>
+      <c r="F421" t="s">
+        <v>898</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>556</v>
+      </c>
+      <c r="D422" t="s">
+        <v>11</v>
+      </c>
+      <c r="E422" t="s">
+        <v>12</v>
+      </c>
+      <c r="F422" t="s">
+        <v>49</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>74</v>
+      </c>
+      <c r="D423" t="s">
+        <v>11</v>
+      </c>
+      <c r="E423" t="s">
+        <v>12</v>
+      </c>
+      <c r="F423" t="s">
+        <v>49</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>79</v>
+      </c>
+      <c r="D424" t="s">
+        <v>11</v>
+      </c>
+      <c r="E424" t="s">
+        <v>12</v>
+      </c>
+      <c r="F424" t="s">
+        <v>49</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>111</v>
+      </c>
+      <c r="D425" t="s">
+        <v>11</v>
+      </c>
+      <c r="E425" t="s">
+        <v>12</v>
+      </c>
+      <c r="F425" t="s">
+        <v>49</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>115</v>
+      </c>
+      <c r="D426" t="s">
+        <v>11</v>
+      </c>
+      <c r="E426" t="s">
+        <v>12</v>
+      </c>
+      <c r="F426" t="s">
+        <v>49</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>214</v>
+      </c>
+      <c r="D427" t="s">
+        <v>11</v>
+      </c>
+      <c r="E427" t="s">
+        <v>12</v>
+      </c>
+      <c r="F427" t="s">
+        <v>49</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>218</v>
+      </c>
+      <c r="D428" t="s">
+        <v>11</v>
+      </c>
+      <c r="E428" t="s">
+        <v>12</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>302</v>
+      </c>
+      <c r="D429" t="s">
+        <v>11</v>
+      </c>
+      <c r="E429" t="s">
+        <v>12</v>
+      </c>
+      <c r="F429" t="s">
+        <v>49</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>306</v>
+      </c>
+      <c r="D430" t="s">
+        <v>11</v>
+      </c>
+      <c r="E430" t="s">
+        <v>12</v>
+      </c>
+      <c r="F430" t="s">
+        <v>49</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>343</v>
+      </c>
+      <c r="D431" t="s">
+        <v>11</v>
+      </c>
+      <c r="E431" t="s">
+        <v>12</v>
+      </c>
+      <c r="F431" t="s">
+        <v>49</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>347</v>
+      </c>
+      <c r="D432" t="s">
+        <v>11</v>
+      </c>
+      <c r="E432" t="s">
+        <v>12</v>
+      </c>
+      <c r="F432" t="s">
+        <v>49</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>419</v>
+      </c>
+      <c r="D433" t="s">
+        <v>11</v>
+      </c>
+      <c r="E433" t="s">
+        <v>12</v>
+      </c>
+      <c r="F433" t="s">
+        <v>49</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>423</v>
+      </c>
+      <c r="D434" t="s">
+        <v>11</v>
+      </c>
+      <c r="E434" t="s">
+        <v>12</v>
+      </c>
+      <c r="F434" t="s">
+        <v>49</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>486</v>
+      </c>
+      <c r="D435" t="s">
+        <v>11</v>
+      </c>
+      <c r="E435" t="s">
+        <v>12</v>
+      </c>
+      <c r="F435" t="s">
+        <v>49</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>510</v>
+      </c>
+      <c r="D436" t="s">
+        <v>11</v>
+      </c>
+      <c r="E436" t="s">
+        <v>12</v>
+      </c>
+      <c r="F436" t="s">
+        <v>49</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>573</v>
+      </c>
+      <c r="D437" t="s">
+        <v>11</v>
+      </c>
+      <c r="E437" t="s">
+        <v>12</v>
+      </c>
+      <c r="F437" t="s">
+        <v>49</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>587</v>
+      </c>
+      <c r="D438" t="s">
+        <v>11</v>
+      </c>
+      <c r="E438" t="s">
+        <v>12</v>
+      </c>
+      <c r="F438" t="s">
+        <v>49</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>590</v>
+      </c>
+      <c r="D439" t="s">
+        <v>11</v>
+      </c>
+      <c r="E439" t="s">
+        <v>12</v>
+      </c>
+      <c r="F439" t="s">
+        <v>49</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>637</v>
+      </c>
+      <c r="D440" t="s">
+        <v>11</v>
+      </c>
+      <c r="E440" t="s">
+        <v>12</v>
+      </c>
+      <c r="F440" t="s">
+        <v>49</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>657</v>
+      </c>
+      <c r="D441" t="s">
+        <v>11</v>
+      </c>
+      <c r="E441" t="s">
+        <v>12</v>
+      </c>
+      <c r="F441" t="s">
+        <v>49</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>741</v>
+      </c>
+      <c r="D442" t="s">
+        <v>11</v>
+      </c>
+      <c r="E442" t="s">
+        <v>12</v>
+      </c>
+      <c r="F442" t="s">
+        <v>49</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>760</v>
+      </c>
+      <c r="D443" t="s">
+        <v>11</v>
+      </c>
+      <c r="E443" t="s">
+        <v>12</v>
+      </c>
+      <c r="F443" t="s">
+        <v>49</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>770</v>
+      </c>
+      <c r="D444" t="s">
+        <v>11</v>
+      </c>
+      <c r="E444" t="s">
+        <v>12</v>
+      </c>
+      <c r="F444" t="s">
+        <v>49</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D445" t="s">
+        <v>11</v>
+      </c>
+      <c r="E445" t="s">
+        <v>12</v>
+      </c>
+      <c r="F445" t="s">
+        <v>49</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1494</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6835,50 +16601,325 @@
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>